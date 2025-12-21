--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -35,97 +35,97 @@
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B47F305" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>PIETEIKUMS LĪGUMA VAI STARPRESORU VIENOŠANĀS NOSLĒGŠANAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2242E24E" w14:textId="2A4DBC4D" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
+    <w:p w14:paraId="2242E24E" w14:textId="3CC22D7C" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:pStyle w:val="Nosaukums"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PAR E-PAKALPOJUMU SAŅEMŠANU </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Valsts zemes dienesta </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">PORTĀLĀ </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00F8664E">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:b/>
             <w:spacing w:val="20"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>WWW.KADASTRS.LV</w:t>
+          <w:t>KADASTRS.LV</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Portāls)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7AF09BDB" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
@@ -1267,77 +1267,77 @@
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="3AD1D5A5" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="743" w:hanging="709"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5886" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1EFDFF6C" w14:textId="73C14B6A" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00486DF5" w:rsidP="006A27CA">
+                <w:p w14:paraId="1EFDFF6C" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00764433" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="-108" w:right="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:lang w:val="lv-LV"/>
                       </w:rPr>
                       <w:id w:val="992376948"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="001632FE">
+                      <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                         <w:rPr>
-                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                           <w:sz w:val="22"/>
                           <w:lang w:val="lv-LV"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                     <w:t xml:space="preserve">  statūti</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00A20849" w:rsidRPr="00F8664E" w14:paraId="055D1461" w14:textId="77777777" w:rsidTr="006A27CA">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="336"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="305" w:type="dxa"/>
@@ -1350,169 +1350,160 @@
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="5D382261" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="743" w:hanging="709"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5886" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="4D8BC04C" w14:textId="5075EBEC" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00486DF5" w:rsidP="006A27CA">
+                <w:p w14:paraId="4D8BC04C" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00764433" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="-108" w:right="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:lang w:val="lv-LV"/>
                       </w:rPr>
                       <w:id w:val="1190181927"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="001632FE">
+                      <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                         <w:rPr>
-                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                           <w:sz w:val="22"/>
                           <w:lang w:val="lv-LV"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">  </w:t>
+                    <w:t xml:space="preserve">  prokūra</w:t>
                   </w:r>
-                  <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00A20849" w:rsidRPr="00F8664E" w14:paraId="5200E4E4" w14:textId="77777777" w:rsidTr="006A27CA">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="288"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="305" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="5EE38EE0" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="743" w:hanging="709"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5886" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="5AED05B5" w14:textId="622E008F" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00486DF5" w:rsidP="006A27CA">
+                <w:p w14:paraId="5AED05B5" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00764433" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="-108" w:right="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:lang w:val="lv-LV"/>
                       </w:rPr>
                       <w:id w:val="-1838142640"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="001632FE">
+                      <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                         <w:rPr>
-                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                           <w:sz w:val="22"/>
                           <w:lang w:val="lv-LV"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                     <w:t xml:space="preserve">  pilnvara*</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00A20849" w:rsidRPr="00F8664E" w14:paraId="2F61E7BE" w14:textId="77777777" w:rsidTr="006A27CA">
               <w:trPr>
                 <w:cantSplit/>
                 <w:trHeight w:val="288"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="305" w:type="dxa"/>
@@ -1525,77 +1516,77 @@
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="0759ED80" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="743" w:hanging="709"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5886" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:tcMar>
                     <w:top w:w="0" w:type="dxa"/>
                     <w:left w:w="108" w:type="dxa"/>
                     <w:bottom w:w="0" w:type="dxa"/>
                     <w:right w:w="108" w:type="dxa"/>
                   </w:tcMar>
                 </w:tcPr>
-                <w:p w14:paraId="1FF905D8" w14:textId="052A7BAA" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00486DF5" w:rsidP="006A27CA">
+                <w:p w14:paraId="1FF905D8" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00764433" w:rsidP="006A27CA">
                   <w:pPr>
                     <w:ind w:left="-108" w:right="-108"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:lang w:val="lv-LV"/>
                       </w:rPr>
                       <w:id w:val="-231158083"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="001632FE">
+                      <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                         <w:rPr>
-                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                           <w:sz w:val="22"/>
                           <w:lang w:val="lv-LV"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
                   <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:lang w:val="lv-LV"/>
                     </w:rPr>
                     <w:t xml:space="preserve">  cits*: </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="5A04274F" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
@@ -1612,138 +1603,204 @@
       </w:tr>
       <w:tr w:rsidR="00A20849" w:rsidRPr="00F8664E" w14:paraId="20BE71E3" w14:textId="77777777" w:rsidTr="006A27CA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2439" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6103CBE2" w14:textId="05889ED9" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
-            <w:pPr>
+          <w:p w14:paraId="69B18121" w14:textId="395C7006" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00BA0548">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              </w:rPr>
               <w:t>Kontaktpersona jautājumos par līguma slēgšanu</w:t>
-            </w:r>
-[...21 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="59B3BBA2" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:ind w:left="138"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>vārds un uzvārds:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F321E3A" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009D0A78" w:rsidRPr="00F8664E" w14:paraId="05205C42" w14:textId="77777777" w:rsidTr="006A27CA">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="246"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E53E56E" w14:textId="77777777" w:rsidR="009D0A78" w:rsidRPr="00F8664E" w:rsidRDefault="009D0A78" w:rsidP="006A27CA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4961" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="039585D4" w14:textId="1E99FB34" w:rsidR="009D0A78" w:rsidRPr="00F8664E" w:rsidRDefault="009D0A78" w:rsidP="006A27CA">
+            <w:pPr>
+              <w:ind w:left="138"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Iekļaušanai līgumā:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3BD9D4" w14:textId="77777777" w:rsidR="009D0A78" w:rsidRPr="00F8664E" w:rsidRDefault="009D0A78" w:rsidP="006A27CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A20849" w:rsidRPr="00F8664E" w14:paraId="3B072BB8" w14:textId="77777777" w:rsidTr="006A27CA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2439" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
@@ -1754,64 +1811,130 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4523CAA3" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="09219966" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
+          <w:p w14:paraId="09219966" w14:textId="4F8E7B7B" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:ind w:left="138"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>elektroniskā pasta adrese:</w:t>
+              <w:t>elektroniskā pasta adrese</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0A78">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (struktūrvienības vai</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0548">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="009D0A78">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD6123">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>ja tāda</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0548">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD6123">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nav </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD6123" w:rsidRPr="00FD6123">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD6123" w:rsidRPr="00FD6123">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D0A78">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>darbinieka):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69068AC9" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -1844,51 +1967,51 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D24FE7F" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F442102" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
+          <w:p w14:paraId="2F442102" w14:textId="145EEAFC" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="497"/>
               </w:tabs>
               <w:ind w:left="138"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>tālrunis:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1947,79 +2070,79 @@
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Veids, kādā parakstīsiet līgumu:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12049" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26E04A7C" w14:textId="767B241B" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidDel="00FE6F2A" w:rsidRDefault="00486DF5" w:rsidP="006A27CA">
+          <w:p w14:paraId="26E04A7C" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidDel="00FE6F2A" w:rsidRDefault="00764433" w:rsidP="006A27CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="497"/>
               </w:tabs>
               <w:ind w:left="138"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:id w:val="235598659"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001632FE">
+                <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:lang w:val="lv-LV"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">  elektroniska dokumenta veidā (ar drošu elektronisko parakstu un laika zīmogu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A20849" w:rsidRPr="00BC5176" w14:paraId="0265FDF0" w14:textId="77777777" w:rsidTr="006A27CA">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2439" w:type="dxa"/>
@@ -2037,79 +2160,79 @@
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70540109" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12049" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61B89CD8" w14:textId="6D78FAC8" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidDel="00FE6F2A" w:rsidRDefault="00486DF5" w:rsidP="006A27CA">
+          <w:p w14:paraId="61B89CD8" w14:textId="6CF5DAA1" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidDel="00FE6F2A" w:rsidRDefault="00764433" w:rsidP="006A27CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="497"/>
               </w:tabs>
               <w:ind w:left="138"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:lang w:val="lv-LV"/>
                 </w:rPr>
                 <w:id w:val="-1622835784"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001632FE">
+                <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:lang w:val="lv-LV"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">  papīra dokumenta veidā pa pastu uz juridisko adresi</w:t>
             </w:r>
             <w:r w:rsidR="00846C8C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> vai </w:t>
             </w:r>
             <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:lang w:val="lv-LV"/>
@@ -2212,154 +2335,185 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>2.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Lūdzu, norādiet, kādā kārtībā veiksiet apmaksu par kadastra subjekta datu pārlūkošanu:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248E6709" w14:textId="5B73ECAC" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="001632FE" w:rsidP="00A20849">
+    <w:p w14:paraId="248E6709" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...25 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
+        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Atzīme2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pēcapmaksā, reizi mēnesī maksājot par iepriekšējā kalendārajā mēnesī pārlūkotajiem datiem par vienību</w:t>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> pēcapmaksā, reizi mēnesī maksājot par iepriekšējā kalendārajā mēnesī pārlūkotajiem datiem par vienību</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="061392E0" w14:textId="0167D407" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="001632FE" w:rsidP="00A20849">
+    <w:p w14:paraId="061392E0" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...25 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Atzīme2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>pēcapmaksā, reizi mēnesī maksājot par datu pārlūkošanu (neatkarīgi no pārlūkotā datu apjoma)</w:t>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> pēcapmaksā, reizi mēnesī maksājot par datu pārlūkošanu (neatkarīgi no pārlūkotā datu apjoma)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F63D3E" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C985141" w14:textId="6D5BF9E7" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:b/>
@@ -2394,88 +2548,80 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7A7233BB" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>par juridiskām personām – nosaukums, reģistrācijas numurs un adrese;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A37765C" w14:textId="5539B3EE" w:rsidR="00A20849" w:rsidRDefault="00A20849" w:rsidP="0021533B">
+    <w:p w14:paraId="0A37765C" w14:textId="31C96C5D" w:rsidR="00A20849" w:rsidRDefault="00A20849" w:rsidP="0021533B">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0021533B">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>par fiziskām personām</w:t>
       </w:r>
       <w:r w:rsidR="0021533B" w:rsidRPr="0021533B">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
-      <w:r w:rsidR="001632FE">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00AD7BBD" w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>vārds, uzvārds un personas kods</w:t>
       </w:r>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="359CB109" w14:textId="77777777" w:rsidR="00175545" w:rsidRPr="00F8664E" w:rsidRDefault="00175545" w:rsidP="00B10E79">
       <w:pPr>
         <w:pStyle w:val="Sarakstarindkopa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
@@ -2590,264 +2736,299 @@
       <w:r w:rsidR="0021533B" w:rsidRPr="0021533B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00774426">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>adresēm</w:t>
       </w:r>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424B0D23" w14:textId="4AF7F5CB" w:rsidR="001632FE" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
+    <w:p w14:paraId="67275576" w14:textId="4B539B2F" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Lūdzu, norādiet, vai portālā Jums ir nepieciešams nodrošināt </w:t>
       </w:r>
       <w:r w:rsidR="0021533B">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">šādu </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ierobežotas pieejamības datu apstrādi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B068188" w14:textId="2004FC46" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="001632FE" w:rsidP="00A20849">
+    <w:p w14:paraId="6B068188" w14:textId="77777777" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...25 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Atzīme2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>nav nepieciešams</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A42D4C" w14:textId="08B55540" w:rsidR="00A20849" w:rsidRDefault="001632FE" w:rsidP="00A20849">
+    <w:p w14:paraId="73A42D4C" w14:textId="00BADB2F" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="00A20849">
       <w:pPr>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...25 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Atzīme2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t xml:space="preserve">ir nepieciešams apstrādāt </w:t>
+      </w:r>
+      <w:r w:rsidR="0021533B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">šādus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ierobežotas pieejamības datus – </w:t>
+      </w:r>
+      <w:r w:rsidR="0021533B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kadastra objektu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">īpašnieku, </w:t>
+      </w:r>
+      <w:r w:rsidR="0021533B" w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>tiesisko valdītāju</w:t>
+      </w:r>
+      <w:r w:rsidR="0021533B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0021533B" w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A20849" w:rsidRPr="00F8664E">
+      <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">ir nepieciešams apstrādāt </w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>apbūves tiesīgo un lietotāju adreses*:</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6412"/>
         <w:gridCol w:w="8148"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A20849" w:rsidRPr="00F8664E" w14:paraId="53432394" w14:textId="77777777" w:rsidTr="00846C8C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7C6AB637" w14:textId="7AEBAD90" w:rsidR="00A20849" w:rsidRPr="00F8664E" w:rsidRDefault="00A20849" w:rsidP="006A27CA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -3306,328 +3487,339 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="14C1BA07" w14:textId="77777777" w:rsidR="001E1582" w:rsidRPr="00F8664E" w:rsidRDefault="001E1582" w:rsidP="001E1582">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>* Deklarētās dzīvesvietas adrese vai, ja tāda nav, reģistrētā dzīvesvietas adrese, vai, ja tāda nav, personas norādītā adrese.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B465899" w14:textId="71EC6243" w:rsidR="001E1582" w:rsidRDefault="001E1582" w:rsidP="00A20849">
-[...32 lines deleted...]
-    <w:p w14:paraId="62CA3E4F" w14:textId="77777777" w:rsidR="00486DF5" w:rsidRDefault="00486DF5" w:rsidP="00A20849">
+    <w:p w14:paraId="3B465899" w14:textId="77777777" w:rsidR="001E1582" w:rsidRDefault="001E1582" w:rsidP="00A20849">
       <w:pPr>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36D16A98" w14:textId="03F2DDEA" w:rsidR="003B34F7" w:rsidRDefault="003B34F7" w:rsidP="004571C1">
       <w:pPr>
         <w:ind w:left="1276" w:hanging="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="22"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>Lūdzu, norādiet, vai portālā Jums ir nepieciešams nodrošināt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve"> meklēšanu pēc personas koda:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B85CE2" w14:textId="5A25A9B5" w:rsidR="003B34F7" w:rsidRPr="00F8664E" w:rsidRDefault="001632FE" w:rsidP="001632FE">
-[...113 lines deleted...]
-    <w:p w14:paraId="6927DCA7" w14:textId="77777777" w:rsidR="001632FE" w:rsidRDefault="001632FE" w:rsidP="00A20849">
+    <w:p w14:paraId="59B85CE2" w14:textId="77777777" w:rsidR="003B34F7" w:rsidRPr="00F8664E" w:rsidRDefault="003B34F7" w:rsidP="004571C1">
       <w:pPr>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Atzīme2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
+        <w:t>nav nepieciešams</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2242007A" w14:textId="10DB40BA" w:rsidR="00596602" w:rsidRDefault="00596602" w:rsidP="00A20849">
+      <w:pPr>
+        <w:ind w:left="1276"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Atzīme2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00764433">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8664E">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir nepieciešams </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>veikt meklēšanu pēc personas koda</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6412"/>
         <w:gridCol w:w="8148"/>
       </w:tblGrid>
       <w:tr w:rsidR="00596602" w:rsidRPr="00BC5176" w14:paraId="2F69777F" w14:textId="77777777" w:rsidTr="00B10E79">
         <w:trPr>
           <w:trHeight w:val="481"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="544067D7" w14:textId="2EE08912" w:rsidR="00596602" w:rsidRDefault="00596602" w:rsidP="00B871C2">
+          <w:p w14:paraId="544067D7" w14:textId="4A06CDCB" w:rsidR="00596602" w:rsidRDefault="00596602" w:rsidP="00B871C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Lūdzu, norādie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">t </w:t>
             </w:r>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>mērķi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> meklēšanai pēc personas koda</w:t>
+            </w:r>
+            <w:r w:rsidR="0024614E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="278534C2" w14:textId="0DCB4FE5" w:rsidR="001E1582" w:rsidRPr="00F8664E" w:rsidRDefault="001E1582" w:rsidP="00B871C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>sniedziet skaidrojumu par to, kāpēc Jums ir nepieciešam</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E1582">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
@@ -3642,98 +3834,106 @@
           </w:tcPr>
           <w:p w14:paraId="5AA963E0" w14:textId="0055DF3B" w:rsidR="00596602" w:rsidRPr="00F8664E" w:rsidRDefault="00596602" w:rsidP="00596602">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00596602" w:rsidRPr="00BC5176" w14:paraId="2D3E0D6B" w14:textId="77777777" w:rsidTr="00F9270F">
         <w:trPr>
           <w:trHeight w:val="556"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB75F00" w14:textId="76F7514D" w:rsidR="00596602" w:rsidRDefault="00596602" w:rsidP="00B871C2">
+          <w:p w14:paraId="5BB75F00" w14:textId="0211C748" w:rsidR="00596602" w:rsidRDefault="00596602" w:rsidP="00B871C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Lūdzu, norādiet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B10E79">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>pamatojumu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004571C1">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>meklēšanai pēc personas koda</w:t>
+            </w:r>
+            <w:r w:rsidR="0024614E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A899986" w14:textId="57D1E9BF" w:rsidR="001E1582" w:rsidRPr="00F8664E" w:rsidRDefault="001E1582" w:rsidP="001E1582">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>norādiet normatīvā akta normu,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F8664E">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
@@ -3817,58 +4017,58 @@
       </w:r>
       <w:r w:rsidRPr="00F8664E">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>(ja nepieciešams):</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F8664E" w:rsidRPr="00F8664E" w:rsidSect="00F8664E">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="851" w:footer="851" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5CA20DF4" w14:textId="77777777" w:rsidR="00232316" w:rsidRDefault="00232316">
+    <w:p w14:paraId="21C0AF84" w14:textId="77777777" w:rsidR="00A13225" w:rsidRDefault="00A13225">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="657B6225" w14:textId="77777777" w:rsidR="00232316" w:rsidRDefault="00232316">
+    <w:p w14:paraId="1B5D7B7D" w14:textId="77777777" w:rsidR="00A13225" w:rsidRDefault="00A13225">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3912,58 +4112,58 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3557EBF8" w14:textId="77777777" w:rsidR="00232316" w:rsidRDefault="00232316">
+    <w:p w14:paraId="7C240234" w14:textId="77777777" w:rsidR="00A13225" w:rsidRDefault="00A13225">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="056E9DDE" w14:textId="77777777" w:rsidR="00232316" w:rsidRDefault="00232316">
+    <w:p w14:paraId="10DF19BB" w14:textId="77777777" w:rsidR="00A13225" w:rsidRDefault="00A13225">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-353190584"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
@@ -4399,267 +4599,278 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="107"/>
+  <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C53BC"/>
     <w:rsid w:val="00052F79"/>
     <w:rsid w:val="00052FC9"/>
     <w:rsid w:val="000650F5"/>
     <w:rsid w:val="000767D3"/>
     <w:rsid w:val="000860AA"/>
     <w:rsid w:val="000B2231"/>
     <w:rsid w:val="000E1D5E"/>
     <w:rsid w:val="00104163"/>
     <w:rsid w:val="001173DB"/>
     <w:rsid w:val="00125420"/>
     <w:rsid w:val="00132921"/>
-    <w:rsid w:val="001632FE"/>
     <w:rsid w:val="00163EFB"/>
     <w:rsid w:val="00175545"/>
     <w:rsid w:val="001B292F"/>
     <w:rsid w:val="001C0751"/>
     <w:rsid w:val="001C15C5"/>
     <w:rsid w:val="001D7502"/>
     <w:rsid w:val="001E1582"/>
     <w:rsid w:val="002100CA"/>
     <w:rsid w:val="0021533B"/>
     <w:rsid w:val="00222704"/>
     <w:rsid w:val="00232316"/>
+    <w:rsid w:val="0024614E"/>
     <w:rsid w:val="00246594"/>
     <w:rsid w:val="002518DB"/>
     <w:rsid w:val="0026210F"/>
     <w:rsid w:val="002656B7"/>
     <w:rsid w:val="002B26D8"/>
     <w:rsid w:val="002D554C"/>
     <w:rsid w:val="002E2277"/>
     <w:rsid w:val="0036575A"/>
     <w:rsid w:val="0037446A"/>
     <w:rsid w:val="003830C1"/>
     <w:rsid w:val="003B34F7"/>
     <w:rsid w:val="003C176A"/>
     <w:rsid w:val="003C53BC"/>
+    <w:rsid w:val="003F76DE"/>
     <w:rsid w:val="00402044"/>
     <w:rsid w:val="00407E8D"/>
     <w:rsid w:val="00414EB9"/>
     <w:rsid w:val="004322AA"/>
     <w:rsid w:val="004506FF"/>
     <w:rsid w:val="00453FDF"/>
     <w:rsid w:val="004571C1"/>
-    <w:rsid w:val="00486DF5"/>
     <w:rsid w:val="004A23D7"/>
     <w:rsid w:val="004A3016"/>
     <w:rsid w:val="004C6DFC"/>
     <w:rsid w:val="004D08EA"/>
     <w:rsid w:val="004D276C"/>
     <w:rsid w:val="00511063"/>
     <w:rsid w:val="005133B6"/>
     <w:rsid w:val="0052722F"/>
     <w:rsid w:val="00553BF0"/>
     <w:rsid w:val="005612E8"/>
     <w:rsid w:val="00567D31"/>
     <w:rsid w:val="00594397"/>
     <w:rsid w:val="00596602"/>
     <w:rsid w:val="005B2161"/>
     <w:rsid w:val="005C56A2"/>
     <w:rsid w:val="005D08A1"/>
     <w:rsid w:val="005E36BA"/>
     <w:rsid w:val="005E4719"/>
     <w:rsid w:val="00607AC5"/>
     <w:rsid w:val="0062500E"/>
     <w:rsid w:val="00630085"/>
     <w:rsid w:val="00632D48"/>
     <w:rsid w:val="00642C72"/>
     <w:rsid w:val="00655787"/>
     <w:rsid w:val="00673A95"/>
     <w:rsid w:val="006932AF"/>
     <w:rsid w:val="006A6C49"/>
     <w:rsid w:val="006A718C"/>
     <w:rsid w:val="006B1E45"/>
     <w:rsid w:val="006B53A6"/>
     <w:rsid w:val="006D7A4F"/>
     <w:rsid w:val="006E7D0F"/>
     <w:rsid w:val="00714CA5"/>
     <w:rsid w:val="007611D4"/>
+    <w:rsid w:val="00764433"/>
     <w:rsid w:val="00774426"/>
     <w:rsid w:val="00775685"/>
     <w:rsid w:val="0078370C"/>
+    <w:rsid w:val="00791041"/>
     <w:rsid w:val="0079246E"/>
     <w:rsid w:val="007A079E"/>
     <w:rsid w:val="007A1FBF"/>
     <w:rsid w:val="007B639D"/>
     <w:rsid w:val="007D5605"/>
     <w:rsid w:val="007E3360"/>
     <w:rsid w:val="007E5847"/>
     <w:rsid w:val="0081356F"/>
     <w:rsid w:val="00825034"/>
     <w:rsid w:val="00846C8C"/>
     <w:rsid w:val="00850073"/>
     <w:rsid w:val="00875902"/>
     <w:rsid w:val="008776BC"/>
     <w:rsid w:val="00891486"/>
     <w:rsid w:val="008B33A4"/>
     <w:rsid w:val="008B5962"/>
     <w:rsid w:val="008D2770"/>
     <w:rsid w:val="008F7C17"/>
+    <w:rsid w:val="009331C2"/>
     <w:rsid w:val="00984C19"/>
     <w:rsid w:val="009A4EAC"/>
     <w:rsid w:val="009A53F0"/>
     <w:rsid w:val="009B7E71"/>
     <w:rsid w:val="009C7128"/>
+    <w:rsid w:val="009D0A78"/>
     <w:rsid w:val="009E1752"/>
     <w:rsid w:val="00A01840"/>
+    <w:rsid w:val="00A13225"/>
     <w:rsid w:val="00A1431C"/>
     <w:rsid w:val="00A20849"/>
     <w:rsid w:val="00A3163E"/>
     <w:rsid w:val="00A35D9D"/>
     <w:rsid w:val="00A64E3A"/>
     <w:rsid w:val="00A812C8"/>
     <w:rsid w:val="00A86B81"/>
     <w:rsid w:val="00AD7BBD"/>
     <w:rsid w:val="00B03B59"/>
     <w:rsid w:val="00B10E79"/>
     <w:rsid w:val="00B365A1"/>
     <w:rsid w:val="00B4268C"/>
     <w:rsid w:val="00B432D3"/>
     <w:rsid w:val="00B50DC5"/>
     <w:rsid w:val="00B72824"/>
     <w:rsid w:val="00B864DC"/>
+    <w:rsid w:val="00BA0548"/>
     <w:rsid w:val="00BA2217"/>
     <w:rsid w:val="00BB397F"/>
     <w:rsid w:val="00BE0920"/>
     <w:rsid w:val="00C06E76"/>
     <w:rsid w:val="00C131C0"/>
     <w:rsid w:val="00C152AA"/>
     <w:rsid w:val="00C3064E"/>
     <w:rsid w:val="00C33BD1"/>
     <w:rsid w:val="00C62092"/>
+    <w:rsid w:val="00C72369"/>
     <w:rsid w:val="00C91560"/>
     <w:rsid w:val="00C92389"/>
     <w:rsid w:val="00C95EEC"/>
     <w:rsid w:val="00C96A74"/>
     <w:rsid w:val="00D02D49"/>
     <w:rsid w:val="00D116B2"/>
     <w:rsid w:val="00D371FD"/>
     <w:rsid w:val="00D45E40"/>
+    <w:rsid w:val="00D72DC8"/>
     <w:rsid w:val="00D74CBC"/>
     <w:rsid w:val="00DA0CA2"/>
     <w:rsid w:val="00DD0214"/>
     <w:rsid w:val="00DD74DF"/>
     <w:rsid w:val="00DF1F0B"/>
     <w:rsid w:val="00E12B41"/>
     <w:rsid w:val="00E25C06"/>
     <w:rsid w:val="00E25C3A"/>
     <w:rsid w:val="00E543F9"/>
     <w:rsid w:val="00E670AC"/>
     <w:rsid w:val="00E86FC1"/>
     <w:rsid w:val="00E91D29"/>
+    <w:rsid w:val="00E956CD"/>
     <w:rsid w:val="00EB3A73"/>
     <w:rsid w:val="00EC1B88"/>
     <w:rsid w:val="00EE1D0C"/>
     <w:rsid w:val="00F043E3"/>
     <w:rsid w:val="00F26CC1"/>
     <w:rsid w:val="00F33164"/>
     <w:rsid w:val="00F82DEB"/>
     <w:rsid w:val="00F8664E"/>
     <w:rsid w:val="00F9270F"/>
     <w:rsid w:val="00FB2BAB"/>
     <w:rsid w:val="00FB55D6"/>
     <w:rsid w:val="00FC545E"/>
+    <w:rsid w:val="00FD6123"/>
+    <w:rsid w:val="00FE02B8"/>
     <w:rsid w:val="00FE1890"/>
     <w:rsid w:val="00FE2770"/>
     <w:rsid w:val="00FE535A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="064E5439"/>
   <w15:docId w15:val="{47797BCD-FC61-4489-A781-133F2FA2FF19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5716,82 +5927,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C3CFC4F-F69D-4956-A4B1-16E3004C2F0C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>470</Words>
-  <Characters>3433</Characters>
+  <Words>472</Words>
+  <Characters>3549</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Valsts zemes dienests</Company>
+  <Company>VZD</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3896</CharactersWithSpaces>
+  <CharactersWithSpaces>4013</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2031717</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:vzd@vzd.gov.lv</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>