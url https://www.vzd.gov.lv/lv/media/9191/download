--- v0 (2025-10-26)
+++ v1 (2026-02-16)
@@ -1,123 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\annagreidane\Desktop\Valsts_iestades_parslegsana\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\annagreidane\Desktop\anna_jauna\Sankciju_parbaude\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F55A041-5BA4-4F7E-8092-5476214EEBEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F32C93EC-F485-40EB-8F7B-37858104F906}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="SV un Ligumu noslegsanas info" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'SV un Ligumu noslegsanas info'!$A$1:$K$1</definedName>
     <definedName name="_ftn1" localSheetId="0">'SV un Ligumu noslegsanas info'!#REF!</definedName>
     <definedName name="_ftnref1" localSheetId="0">'SV un Ligumu noslegsanas info'!#REF!</definedName>
-    <definedName name="_Hlk148517667" localSheetId="0">'SV un Ligumu noslegsanas info'!$D$40</definedName>
-[...2 lines deleted...]
-    <definedName name="_Hlk179475348" localSheetId="0">'SV un Ligumu noslegsanas info'!$I$47</definedName>
+    <definedName name="_Hlk148517667" localSheetId="0">'SV un Ligumu noslegsanas info'!$D$33</definedName>
+    <definedName name="_Hlk178238130" localSheetId="0">'SV un Ligumu noslegsanas info'!$I$44</definedName>
+    <definedName name="_Hlk179475281" localSheetId="0">'SV un Ligumu noslegsanas info'!$I$45</definedName>
+    <definedName name="_Hlk179475348" localSheetId="0">'SV un Ligumu noslegsanas info'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Anna Greidāne</author>
   </authors>
   <commentList>
-    <comment ref="B10" authorId="0" shapeId="0" xr:uid="{D927DFE0-C843-4A4E-824F-5803D69B6425}">
+    <comment ref="B8" authorId="0" shapeId="0" xr:uid="{D927DFE0-C843-4A4E-824F-5803D69B6425}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="186"/>
           </rPr>
           <t>Anna Greidāne:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="186"/>
           </rPr>
           <t xml:space="preserve">
 pārslegšanas procesā </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="231">
   <si>
     <t>Dalībnieki</t>
   </si>
   <si>
     <t>Sadarbības tiesiskais pamats</t>
   </si>
   <si>
     <t>Funkcija vai uzdevums, kura īstenošanai sadarbība nepieciešama</t>
   </si>
   <si>
     <t>Sadarbības priekšmeta apraksts</t>
   </si>
   <si>
     <t>Maksa par sadarbību un ārējā normatīvā akta, kas to pamato, vienība</t>
   </si>
   <si>
     <t>Paredzētais sadarbības ilgums</t>
   </si>
   <si>
     <t>Ja sadarbība saistīta ar fiziskas personas datu apstrādi - precīzs fiziskās personas datu apjoms, to apstādes mērķis un tiesiskais pamats</t>
   </si>
   <si>
     <t>Valsts informācijas sistēmas, ko izmanto sadarbības nodrošināšanai</t>
   </si>
   <si>
@@ -183,113 +186,93 @@
     <t xml:space="preserve">Valsts zemes dienests sniedz Nekustamā īpašuma valsts kadastra informācijas sistēmas datus un Valsts adrešu reģistra informācijas sistēmas datus Zemkopības ministrijai izmantošanai Vienotās zemkopības nozares informācijas sistēmai, Latvijas zivsaimniecības integrētās kontroles un informācijas sistēmai </t>
   </si>
   <si>
     <t>Valsts adrešu reģistra informācijas sistēma; Nekustamā īpašuma valsts kadastra informācijas sistēma</t>
   </si>
   <si>
     <t xml:space="preserve">Starpresoru vienošanās </t>
   </si>
   <si>
     <t>Būvniecības valsts kontroles birojs
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Valsts ieņēmumu dienests; Valsts zemes dienests</t>
   </si>
   <si>
     <t xml:space="preserve"> ierobežotas pieejamības statuss</t>
   </si>
   <si>
     <t>ierobežotas pieejamības statuss</t>
   </si>
   <si>
     <t xml:space="preserve">ierobežotas pieejamības statuss </t>
   </si>
   <si>
-    <t>nodokļa administrēšanai un valsts amatpersonas deklarācijas aizpildīšanai nepieciešamās informācijas nodrošināšana elektroniskās  deklarēšanas sistēmā</t>
-[...4 lines deleted...]
-  <si>
     <t>Iestāde ar operatīvās darbības un izmeklēšanas, izlūkošanas darbību funkciju un Valsts zemes dienests</t>
   </si>
   <si>
     <t>Iestāde ar operatīvās darbības un izmeklēšanas darbību funkciju un Valsts zemes dienests</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>Gads</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t xml:space="preserve">Nekustamā īpašuma valsts kadastra informācijas sistēma
 </t>
   </si>
   <si>
     <t xml:space="preserve">Nekustamā īpašuma valsts kadastra informācijas sistēma 
 </t>
   </si>
   <si>
     <t>Valsts zemes dienests sniedz Nekustamā īpašuma valsts kadastra informācijas sistēmas telpiskos datus - kadastra karti un teksta datus - kadastra apzīmējumu Centram Ģeoloģiskās informācijas sistēmai</t>
   </si>
   <si>
     <t>Ģeoloģiskās informācijas sistēmas uzturēšanai un darbības nodrošināšanai, Zemes dzīļu fonda izmantošanas pārraudzībai, tajā skaitā, lai akceptētu un uzskaitītu derīgo izrakteņu krājumus, sastādītu derīgo izrakteņu  krājumu bilanci (t.sk. pazemes ūdeņu krājumu bilanci) un derīgo izrakteņu atradņu reģistru, iegūtu, apkopotu un uzglabātu ģeoloģisko informāciju Valsts ģeoloģijas fondā, kā arī organizētu valsts teritorijas ģeoloģisko kartēšanu</t>
   </si>
   <si>
     <t>Likuma “Par zemes dzīlēm” 4.panta pirmās daļas 1.punkts un 22.panta pirmā daļa, Nekustamā īpašuma valsts kadastra likuma 86.panta pirmā daļa un 98.panta 5.punkts, MK 2018.gada 24.jūlija noteikumu Nr.439 „Nekustamā īpašuma valsts kadastra informācijas pieprasīšanas un izsniegšanas kārtība” 21. un 34.punkts un 23.2.apakšpunkts, MK 2011.gada 6.septembra noteikumu Nr.696 “Zemes dzīļu izmantošanas licenču un bieži sastopamo derīgo izrakteņu ieguves atļauju izsniegšanas kārtība, kā arī publiskas personas zemes iznomāšanas kārtība zemes dzīļu izmantošanai” 2.punkts un 32.2.apakšpunkts un MK 2010.gada 13.aprīļa noteikumu Nr.357 „Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11.punkts</t>
   </si>
   <si>
     <t>Valsts zemes dienests sniedz Iestādei Nekustamā īpašuma valsts kadastra informācijas sistēmas datus kadastra objektu raksturojošo datu pārlūkošanai, Iestādei  noteikto funkciju un uzdevumu izpildei</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Dabas aizsardzības pārvalde
 Valsts zemes dienests</t>
-  </si>
-[...12 lines deleted...]
-    <t>ārējos normatīvajos aktos noteiktajiem uzdevumiem (piem. Dabas datu pārvaldības sistēmas (Ozols) uzturēšana; dabas aizsardzības plānu izstrādei; dabas aizsardzības un apsaimniekošanas pasākumu organizēšana u.c.)</t>
   </si>
   <si>
     <t xml:space="preserve"> Valsts sabiedrība ar ierobežotu atbildību „Zemkopības ministrijas nekustamie īpašumi”
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>pamatojoties uz Valsts pārvaldes iekārtas likuma 55.panta otrā daļa un 58.panta pirmā daļa un Ministru kabineta 2010.gada 13.aprīļa noteikumu Nr.357 „Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 4. un 11.punkts</t>
   </si>
   <si>
     <t>būvniecības informācijas sistēma</t>
   </si>
   <si>
     <t>Nekustamā īpašuma valsts kadastra informācijas sistēmas uzturēšanai; klientu apakalpošanai; pakalpojumu sniegšanai</t>
   </si>
   <si>
     <t>piekļuve būvniecības informācijas sistēmas lietošanai, lai strukturētos datus un elektroniskos dokumentus izmantotu Kadastra informācijas sistēmas uzturēšanai un pilnveidošanai, aktualizējot personas īpašumā vai tiesiskajā valdījumā esošo būvju, telpu grupu datus par kadastra subjektu</t>
   </si>
   <si>
     <t>Apstrādes mērķis - Nekustamā īpašuma valsts kadastra informācijas sistēmas uzturēšanai un pilnveidošanai, aktualizējot personas īpašumā vai tiesiskajā valdījumā esošo būvju, telpu grupu datus un saņemot vai citādā veidā apstrādājot datus par kadastra subjektu, klientu apkalpošanai, pakalpojumu sniegšanai.</t>
   </si>
   <si>
     <t xml:space="preserve">Nav </t>
   </si>
   <si>
     <t>Valsts robežsardze
@@ -387,129 +370,115 @@
 Valsts zemes dienests saņem Valsts sabiedrības ar ierobežotu atbildību „Zemkopības ministrijas nekustamie īpašumi”  Datus un tos izmanto, lai pildītu Valsts zemes dienestam kā Apgrūtināto teritoriju informācijas sistēmas un Kadastra informācijas sistēmas pārzinim un turētājam ārējos normatīvajos aktos noteiktās funkcijas un uzdevumus.</t>
   </si>
   <si>
     <t>Nekustamā īpašuma valsts kadastra informācijas sistēma
 Apgrūtināto teritoriju informācijas sistēma
 Valsts adrešu reģistra informācijas sistēma;
 Meliorācijas kadastrs</t>
   </si>
   <si>
     <t>Valsts pārvaldes iekārtas likuma 55.panta otro daļu un 58.panta pirmo daļu un Ministru kabineta 2010.gada 13.aprīļa noteikumu Nr.357 „Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11.punkts</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>Abām pusem iekšējo darba procesu nodrošināšanai, lai pildītu ārējos normatīvajos aktos noteiktās funkcijas un uzdevumus, un pakalpojumu sniegšanai.</t>
   </si>
   <si>
     <t>Ģeotelpisko pamatdatu informācijas sistēma;
 Valsts ģeodēziskā tīkla datubāze,
 Vietvārdu datubāze;
 Valsts adrešu reģistra informācijas sistēma;
 Nekustamā īpašuma valsts kadastra informācijas sistēma;</t>
   </si>
   <si>
-    <t>apstrādes mērķis - fizisko personu nekustamo īpašumu un ietilpstošo objektu atbilstības pārbaude; datu atbilstības starp nodokļu maksātāja iesniegto informāciju un nodokļu administrācijas rīcībā esošo informāciju pārbaude; nodokļu maksājumu apmēra noteikšana atbilstoši nodokļu maksātāja īpašumā esošās mantas vai kapitāla vērtības pieaugumam vai nodokļu administrācijas rīcībā esošajām ziņām
-[...2 lines deleted...]
-  <si>
     <t>2015</t>
   </si>
   <si>
     <t>Vides aizsardzības un reģionālās attīstības ministrija
 Valsts reģionālās attīstības aģentūra
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Pusēm ārējos normatīvajos aktos noteikto uzdevumu (uzturēt Teritorijas attīstības plānošanas informācijas sistēmu) izpildei.</t>
   </si>
   <si>
     <t>Lai Teritorijas attīstības plānošanas informācijas sistēmas pārzinim nodrošinātu datus ārējos normatīvajos aktos noteikto uzdevumu izpildei;
 lai Valsts zemes dienestam kā informācijas sistēmu pārzinim nodrošinātu ārējos normatīvajos aktos noteikto uzdevumu izpildei Teritorijas attīstības plānošanas informācijas sistēmas datus</t>
   </si>
   <si>
     <t>Valsts adrešu reģistra informācijas sistēma;
 Nekustamā īpašuma valsts kadastra informācijas sistēma;
 Teritorijas attīstības plānošanas informācijas sistēma</t>
   </si>
   <si>
     <t>Valsts vides dienests
  Valsts zemes dienests</t>
   </si>
   <si>
-    <t>Valsts pārvaldes iekārtas likuma 55.panta otrā daļa un 58.panta pirmā daļa, Nekustamā īpašuma valsts kadastra likuma 86.panta pirmā daļa, MK 2009.gada 2.jūnija noteikumu Nr.507 "Dabas aizsardzības pārvaldes nolikums" 4.1.apakšpunkts, MK 2010.gada 13.aprīļa noteikumu Nr.357 „Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11.punkts, MK 2012.gada 18.decembra noteikumu Nr.940 „Noteikumi par mikroliegumu izveidošanas un apsaimniekošanas kārtību, to aizsardzību, kā arī mikroliegumu un to buferzonu noteikšanu” 19.punkts, MK  2021.gada 29.jūnija noteikumu Nr.455 „Adresācijas noteikumi” 86.punkts.</t>
-[...1 lines deleted...]
-  <si>
     <t>Valsts sabiedrība ar ierobežotu atbildību "Latvijas Vides, ģeoloģijas un meteoroloģijas centrs" Valsts zemes dienests</t>
   </si>
   <si>
     <t>Nacionālā kultūras mantojuma pārvalde
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>informācijas sistēmas— valsts aizsargājamo kultūras pieminekļu reģistrs un Informācijas sistēmas "Mantojums" darbības nodrošināšanai.</t>
   </si>
   <si>
     <t>Likuma "Par kultūras pieminekļu aizsardzību" 12.pantā noteikto procesu īstenošanai, Iestādei nolikumā noteikto funkciju un uzdevumu veikšanas nodrošināšanai</t>
   </si>
   <si>
     <t>Pilsonības un migrācijas lietu pārvalde
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Valsts zemes dienestam kā Nekustamā īpašuma valsts kadastra informācijas sistēmas pārzinim noteikto uzdevumu izpildes nodrošināšanai</t>
   </si>
   <si>
     <t>Valsts pārvaldes iekārtas likuma 55.panta otro daļu un 58.panta pirmo daļu un Ministru kabineta 2010.gada 13.aprīļa noteikumu Nr.357 „Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11.punkts, Ministru kabineta 2012.gada 10.janvāra noteikumu Nr.47 "Noteikumi par Nekustamā īpašuma valsts kadastra informācijas sistēmas uzturēšanai nepieciešamās informācijas sniegšanas kārtību un apjomu" 5.1.punkts</t>
   </si>
   <si>
     <t>Fizisko personu reģista ziņu sniegšana Nekustamā īpašuma valsts kadastra informācijas sistēmai, Dienestam ārējos normatīvajos aktos noteikto uzdevumu izpildes nodrošināšanai</t>
   </si>
   <si>
     <t>Fizisko personu reģistrs
 Nekustamā īpašuma valsts kadastra informācijas sistēma</t>
   </si>
   <si>
     <t>Lai nodrošinātu Ministru kabineta 2009.gada 2.jūnija noteikumu Nr. 507 „Dabas aizsardzības pārvaldes nolikums” 3.17.1 apakšpunktā noteiktā uzdevuma, Ministru kabineta 2011. gada 20.decembra noteikumu Nr.971 „Valsts zemes dienesta nolikums” 2.3.apakšpunktā noteikto Dienesta funkciju un 3.9. apakšpunktā noteiktā uzdevuma izpildi un Ministru kabineta 2012.gada 18.decembra noteikumu Nr.940 „Noteikumi par mikroliegumu izveidošanas un apsaimniekošanas kārtību, to aizsardzību, kā arī mikroliegumu un to buferzonu noteikšanu” 35. punktā noteiktā uzdevuma izpildi</t>
   </si>
   <si>
-    <t>Valsts pārvaldes iekārtas likuma 54.panta pirmā, trešā un ceturtā daļa, Nekustamā īpašuma valsts kadastra likuma 86.panta pirmā daļa, likums “Par Valsts ieņēmumu dienestu”, likums “Par nodokļiem un nodevām”, likums "Par iedzīvotāju ienākuma nodokli", likuma “Par interešu konflikta novēršanu valsts amatpersonu darbībā” 24.panta otrā prim daļa, Ministru kabineta 2010.gada 13.aprīļa noteikumu Nr.357 “Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11.punkts, Ministru kabineta 2002.gada 22.oktobra noteikumu Nr.478 “Kārtība, kādā aizpildāmas, iesniedzamas, reģistrējamas un glabājamas valsts amatpersonu deklarācijas un aizpildāmi un iesniedzami valsts amatpersonu saraksti” 3.3.2. un 4.3.2.apakšpunkts</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Valsts pārvaldes iekārtas likuma 55.panta otrā daļa  un 58.panta pirmā daļa,  MK 2010.gada 13.aprīļa noteikumu Nr.357 „Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11.punkts
 </t>
   </si>
   <si>
     <t>Ministru kabineta 2013.gada 9.jūlija noteikumu Nr.384 "Latvijas Ģeotelpiskās informācijas aģentūras nolikums" noteiktajām informācijas sistēmām, Ministru kabineta 2011. gada 20. decembra noteikumu Nr.971 „Valsts zemes dienesta nolikums” 2.3. apakšpunktā noteiktajām Dienesta informācijas sistēmām  un  saistīto uzdevuma izpildei</t>
-  </si>
-[...2 lines deleted...]
-</t>
   </si>
   <si>
     <t>Nav detalizēts apraksts</t>
   </si>
   <si>
     <t>pamatojoties uz Valsts pārvaldes iekārtas likuma 61. panta pirmo daļu, Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu</t>
   </si>
   <si>
     <t>Līgumā noteikta kārtība, kādā Puses sadarbojas publisko tiesību jomā, lai nodrošinātu Dienestam noteikto valsts pārvaldes funkciju un uzdevumu izpildei nepieciešamās informācijas saņemšanu no Pašvaldības un nodrošinātu Pašvaldībai ārējos normatīvajos aktos noteikto funkciju un uzdevumu izpildei nepieciešamos Datus</t>
   </si>
   <si>
     <t>sadarbības līgums ar tipveida saturu ar katru pašvaldību</t>
   </si>
   <si>
     <t>Pašvaldībām ārējos normatīvajos aktos noteikto funkciju un uzdevumu veikšanai, kas detalizēti uzskaitīti sadarbības līgumā. Piem.Lai administrētu nekustamā īpašuma nodokli, tai skaitā piešķirtu nekustamā īpašuma nodokļa atvieglojumus, piedzītu nokavētos nekustamā īpašuma nodokļa maksājumus, prognozētu nekustamā īpašuma nodokļa ieņēmumus, Lai sniegtu sociālos pakalpojumus un sociālo palīdzību (Sociālo pakalpojumu un palīdzības likuma 9. pants, Pašvaldību likuma 4. panta pirmās daļas 9. punkts), lai nodrošinātu lēmumu pieņemšanu sadarbības līgumā uzskaitītajās jomās, lai nodrošinātu iesniegumu izskatīšanu un attiecīgo lēmumu pieņemšanu (Iesniegumu likuma 5. panta pirmā daļa, Administratīvā procesa likuma 59. pants un cits ārējais normatīvais akts).</t>
   </si>
   <si>
     <r>
       <t>Sadarbības līgumā detalizēti aprakstīti apstrādes mērķi un to pamatojums. Piemēram Lai noteiktu nekustamā īpašuma nodokļa maksātāju (Likuma "Par nodokļiem un nodevām" 18. panta pirmās daļas 11. punkts, 20. panta 3. punkts, likuma "Par nekustamā īpašuma nodokli" 2. pants, 4. panta 1.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
@@ -669,144 +638,116 @@
   <si>
     <t>Lai nodrošinātu Iekšlietu ministrijas un tās padotībā esošo iestāžu īpašumā, valdījumā vai lietošanā esošo nekustamo īpašumu, kas nodoti Iestādes pārvaldīšanā, apsaimniekošanu un pārvaldīšanu, tajā skaitā, lai izveidotu, kārtotu un aktualizētu Iestādes pārvaldīšanā esošo nekustamo īpašumu lietas.</t>
   </si>
   <si>
     <t xml:space="preserve">Apstrādes mērķis - lai nodrošinātu ārējās sauszemes robežas infrastruktūras izbūvei nepieciešamās teritorijas un iekšlietu struktūrvienību plānoto būvju īpašuma tiesību sakārtošanu, uzsākot atsavināšanas procesu, informētu zemes īpašnieku vai tiesisko valdītāju par ieceres uzsākšanu.
 Tiesiskais pamats - Ministru kabineta 2012. gada 11. decembra noteikumu Nr. 839 "Nodrošinājuma valsts aģentūras nolikums" 4.2.10. apakšpunkts.
 </t>
   </si>
   <si>
     <t>Ministru kabineta 2013. gada 23. aprīļa noteikumu Nr. 225 "Izglītības kvalitātes valsts dienesta nolikums" 3.2. apakšpunktā, Ministru kabineta 2022. gada 2. novembra noteikumu Nr. 681 "Izglītības iestāžu reģistrācijas kārtība" 13. punktā, kā arī Izglītības likuma 24. panta pirmajā daļā un 20. panta pirmajā daļā noteikto uzdevumu izpildei.</t>
   </si>
   <si>
     <t xml:space="preserve">Pamatojoties uz Valsts pārvaldes iekārtas likuma 55.panta otrā daļa un 58.panta pirmā daļa, Ministru kabineta 2010.gada 13.aprīļa noteikumu Nr.357 „Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11.punkts  </t>
   </si>
   <si>
     <t>Lai pārliecinātos par izglītības iestādes dibinātāja īpašumā, valdījumā vai lietošanā esošām telpām, kā arī pārliecinātos par to, ka izglītības iestāde izglītojošās darbības veic telpās, kuras tā izmanto tiesiski, proti, nodrošinātu, ka valsts informācijas sistēmā (Valsts izglītības informācijas sistēmā) ievadītā informācija par izglītības iestāžu telpām ir pamatota un nav maldinoša, jo neatbilstošas vai maldinošas telpu izmantošanas tiesības var tiešā mērā negatīvi ietekmēt izglītojamo tiesības uz kvalitatīvas izglītības ieguvi.</t>
   </si>
   <si>
     <t>līdz 2028.gada 26.novembrim</t>
   </si>
   <si>
     <t>Apstrādes mērķis -lai pārliecinātos par izglītības iestādes dibinātāja īpašumā, valdījumā vai lietošanā esošām telpām, kā arī pārliecinātos par to, ka izglītības iestāde izglītojošās darbības veic telpās, kuras tā izmanto tiesiski, proti, nodrošinātu, ka valsts informācijas sistēmā (Valsts izglītības informācijas sistēmā) ievadītā informācija par izglītības iestāžu telpām ir pamatota un nav maldinoša, jo neatbilstošas vai maldinošas telpu izmantošanas tiesības var tiešā mērā negatīvi ietekmēt izglītojamo tiesības uz kvalitatīvas izglītības ieguvi;
 Tiesiskais pamats - Ministru kabineta 2022. gada 2. novembra noteikumu Nr. 681 "Izglītības iestāžu reģistrācijas kārtība" 13. punkts, kā arī Izglītības likuma 24. panta pirmā daļa un 20. panta pirmā daļa.</t>
   </si>
   <si>
-    <t>Valsts pārvaldes iekārtas likuma 55. panta otro daļu un 58. panta pirmo daļu; Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu; Ministru kabineta 2023. gada 18. aprīļa noteikumu Nr. 198 "Tiešo maksājumu piešķiršanas kārtība lauksaimniekiem" 8. punktu; Ministru kabineta 2023. gada 7. marta noteikumu Nr. 113 "Valsts un Eiropas Savienības atbalsta piešķiršanas, administrēšanas un uzraudzības vispārējā kārtība lauku un zivsaimniecības attīstībai" 34. un 58. punktu; Ministru kabineta 2014. gada 30. septembra noteikumu Nr. 598 "Noteikumi par valsts un Eiropas Savienības atbalsta piešķiršanu, administrēšanu un uzraudzību lauku un zivsaimniecības attīstībai 2014.–2020. gada plānošanas periodā, kā arī pārejas laikā 2021. un 2022. gadā" 59. un 64. punktu; Ministru kabineta 2023. gada 31. janvāra noteikumu Nr. 50 "Kārtība, kādā administrē un uzrauga Eiropas Lauksaimniecības garantiju fondu un Eiropas Lauksaimniecības fondu lauku attīstībai, kā arī valsts un Eiropas Savienības atbalstu lauksaimniecībai un lauku attīstībai 2023.–2027. gada plānošanas periodā" 45. punktu; Ministru kabineta 2009. gada 17. jūnija noteikumu Nr. 573 "Kārtība, kādā administrē Eiropas Lauksaimniecības garantiju fondu, Eiropas Lauksaimniecības fondu lauku attīstībai un Eiropas Zivsaimniecības fondu, kā arī valsts un Eiropas Savienības atbalstu lauksaimniecībai, lauku un zivsaimniecības attīstībai" 35. punktu; Ministru kabineta 2010. gada 13. jūlija noteikumu Nr. 635 "Kārtība, kādā apseko un nosaka neapstrādātās lauksaimniecībā izmantojamās zemes platību un sniedz informāciju par to" 3. un 4. punktu; Ministru kabineta 2011. gada 20. decembra noteikumu Nr. 971 "Valsts zemes dienesta nolikums" 3.2. apakšpunktu; Ministru kabineta 2021. gada 29. jūnija noteikumu Nr. 455 "Adresācijas noteikumi" 85. un 86. punktu;</t>
-[...15 lines deleted...]
-  <si>
     <t>Pamatojoties uz Valsts pārvaldes iekārtas likuma 55. panta otro daļu un 58. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu</t>
   </si>
   <si>
     <t>Būvniecības likuma 6. panta pirmajā daļā, Ministru kabineta 2018. gada 13. februāra noteikumu Nr. 87 "Grāmatvedības uzskaites kārtība budžeta iestādēs" 62. punktā, Publiskas personas mantas atsavināšanas likuma 46.1 panta pirmajā un trešajā daļā, Valsts un pašvaldību īpašuma privatizācijas un privatizācijas sertifikātu izmantošanas pabeigšanas likuma 6. panta pirmajā daļā, likuma "Par valsts un pašvaldību īpašuma objektu privatizāciju" 9. panta pirmajā daļā, likuma "Par valsts un pašvaldību dzīvojamo māju privatizāciju" 58. panta otrajā daļā noteikto uzdevumu izpildei</t>
   </si>
   <si>
     <t>Līdz 2029.gada 9.maijam</t>
   </si>
   <si>
     <t>Apstrādes mērķis – Iestāde personas datus apstrādā, lai sniegtu atbildes uz iesniegumiem, būvniecības vispārējai pārraudzībai, kā arī sagatavojot Ministru kabineta rīkojuma projektus par valsts nekustamā īpašuma privatizāciju vai atsavināšanu, pārbaudītu datus par kopīpašnieku kopīpašuma izbeigšanas gadījumā.
 Tiesiskais pamats – Publiskas personas mantas atsavināšanas likuma 46.1 panta pirmā un trešā daļa, Valsts un pašvaldību īpašuma privatizācijas un privatizācijas sertifikātu izmantošanas pabeigšanas likuma 6. panta pirmā daļa, likuma "Par valsts un pašvaldību īpašuma objektu privatizāciju" 9. panta pirmā daļa, likuma "Par valsts un pašvaldību dzīvojamo māju privatizāciju" 58. panta otrā daļa</t>
   </si>
   <si>
-    <t>Saņemtos personas datus apstrādā minimāli nepieciešamajā apjomā un tikai, lai nodrošinātu valsts un Eiropas Savienības atbalstu lauksaimniecībai un lauku attīstībai administrēšanu, kuras ietvaros Iestādei ir tiesības saņemt informāciju, pamatojoties uz Lauku atbalsta dienesta likuma 4. panta pirmās daļas 2. punktu un 11. panta 4. punktu, Ministru kabineta 2023. gada 18. aprīļa noteikumu Nr. 197 "Atbalsta piešķiršanas kārtība Eiropas Lauksaimniecības fonda lauku attīstībai platībatkarīgo un dzīvniekatkarīgo saistību īstenošanai" 111. punktu un Ministru kabineta 2023. gada 18. aprīļa noteikumu Nr. 198 "Tiešo maksājumu piešķiršanas kārtība lauksaimniekiem" 8. punktu.</t>
-[...1 lines deleted...]
-  <si>
     <t>Lai sniegtu atbildes uz iesniegumiem, nodrošinātu būvniecības vispārīgo koordināciju, veiktu Iestādei noteikto pienākumu uzskaitīt tādus nekustamos īpašumus, kuri tiks vai ir nodoti privatizācijai vai atsavināšanai un kurus privatizāciju (atsavināšanu) veicošā institūcija ir ņēmusi valdījumā, bet kuru īpašuma tiesības vēl nav nostiprinātas zemesgrāmatā, lai sagatavotu Ministru kabineta rīkojuma projektus par valsts nekustamā īpašuma privatizāciju vai atsavināšanu</t>
   </si>
   <si>
     <t>Pamatojoties uz Valsts pārvaldes iekārtas likuma 55. panta otro daļu un 61. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu</t>
   </si>
   <si>
     <t>Meliorācijas likuma 12. pantā, 14. panta pirmajā un otrajā daļā, 25.2 pantā, Ministru kabineta 2019. gada 26. marta noteikumu Nr. 128 "Meliorācijas kadastra noteikumi" 4. punktā, 5.3.1. apakšpunktā, 6., 7., 10., 18., 27. un 37. punktā  noteikto uzdevumu izpildei</t>
   </si>
   <si>
     <t>Lai nodrošinātu valsts meliorācijas sistēmu un valsts nozīmes meliorācijas sistēmu būvniecību, uzturēšanu un ekspluatāciju, veiktu pirmreizēju valsts meliorācijas sistēmas un valsts nozīmes meliorācijas sistēmas inventarizāciju, izdotu tehniskos noteikumus darbībām meliorētajās zemēs un ekspluatācijas aizsargjoslās ap meliorācijas būvēm un ierīcēm, uzturētu un aktualizētu Meliorācijas kadastra datus, kā arī, lai pārliecinātos, ka meliorācijas sistēmas datu reģistrēšanai un grozīšanai iesniegtajos dokumentos norādītās ziņas atbilst Kadastra informācijas sistēmas datiem, un, lai saskaņotu, sagatavotu un izsniegtu ārējos normatīvajos aktos meliorācijas jomā noteiktos dokumentus (izņemot gadījumus, kad dokumenta saskaņošana būvniecības procesā tiek veikta būvniecības informācijas sistēmā, kurā ir iekļauti nepieciešamie Kadastra informācijas sistēmas dati)</t>
   </si>
   <si>
     <t>Līdz 2029.gada 7.aprīlim</t>
   </si>
   <si>
     <t>Apstrādes mērķis – Iestāde personas datus apstrādā, lai identificētu meliorācijas sistēmu piederību un to nekustamo īpašumu īpašniekus, kuru īpašumā atrodas meliorācijas sistēmas, kā arī, lai sazinātos ar īpašniekiem un izsniegtu tiem tehniskos noteikumus darbībām meliorētajās zemēs un ekspluatācijas aizsargjoslās ap meliorācijas būvēm un ierīcēm, vai saskaņotu, sagatavotu un izsniegtu ārējos normatīvajos aktos meliorācijas jomā noteiktos dokumentus (izņemot gadījumus, kad dokumentu saskaņošana būvniecības procesā tiek veikta būvniecības informācijas sistēmā, kurā ir iekļauti nepieciešamie Kadastra informācijas sistēmas dati), Meliorācijas kadastra datu uzturēšanai un aktualizēšanai, kā arī, lai pārliecinātos par meliorācijas sistēmas datu reģistrēšanai un grozīšanai iesniegtajos dokumentos norādīto ziņu atbilstību Kadastra informācijas sistēmas datiem, lai zemes īpašniekus vai tiesiskos valdītājus informētu vai ar viņiem saskaņotu plānotās darbības, kas saistītas ar valsts meliorācijas sistēmu un valsts nozīmes meliorācijas sistēmu būvniecību, uzturēšanu, ekspluatāciju vai inventarizāciju.
 Tiesiskais pamats – Meliorācijas likuma 12. pants, 14. panta pirmā un otrā daļa, 25.2 pants, Ministru kabineta 2019. gada 26. marta noteikumu Nr. 128 "Meliorācijas kadastra noteikumi" 4. punkts, 5.3.1. apakšpunkts, 6., 7. punkts, 12.4. apakšpunkts un 27. punkts</t>
   </si>
   <si>
     <t xml:space="preserve">Valsts ugunsdzēsības un glābšanas dienests
 Valsts zemes dienests </t>
   </si>
   <si>
     <t>VSIA Zemkopības ministrijas nekustamie īpašumi
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Līdz 2029.gada 27.martam</t>
   </si>
   <si>
     <t>Valsts robežsardzes likuma 5. panta pirmās daļas 1. punktā, Latvijas Republikas valsts robežas likuma 18. panta trešajā daļā, Ministru kabineta 2014. gada 23. decembra noteikumu Nr. 791 "Noteikumi par kārtību, kādā Valsts robežsardze izsniedz un anulē speciālās caurlaides, un speciālo caurlaižu paraugiem" 5. punktā, Ministru kabineta 2014. gada 23. decembra noteikumu Nr. 789 "Kārtība, kādā Valsts robežsardze reģistrē kuģošanas līdzekļus un transportlīdzekļus, kas tiek izmantoti iekšējos ūdeņos, pa kuriem noteikta ārējā robeža" 5.1. apakšpunktā, Valsts robežsardzes likuma 5. panta pirmās daļas 6. punktā, 15. panta pirmās daļas 3. punktā un piektās daļas 3. un 4. punktā, Valsts robežsardzes likuma 5. panta pirmās daļas 9. punktā, Latvijas Republikas valsts robežas likuma 13. panta devītajā daļā, likumam "Par Latvijas Republikas valdības un Lietuvas Republikas valdības līgumu par Latvijas–Lietuvas valsts robežas uzturēšanu un pilnvaroto robežas pārstāvju darbību" pievienotā līguma 8. pantā un likumam "Par Latvijas Republikas valdības un Igaunijas Republikas valdības līgumu par Latvijas-Igaunijas valsts robežas uzturēšanu un pilnvaroto robežas pārstāvju darbību" pievienotā līguma 7. un 8. pantā noteikto uzdevumu izpildei</t>
   </si>
   <si>
     <t>Lai veiktu robežkontroli, valsts robežas, valsts robežas joslas, patrulēšanas joslas, robežzīmju uzraudzības joslas, pierobežas, pierobežas joslas un robežšķērsošanas vietu režīma ievērošanas nodrošināšanu un kontroli, lai izsniegtu pastāvīgo caurlaidi un pastāvīgo reģistrācijas izziņu personai, kurai pierobežas joslā pieder nekustamais īpašums, lai kontrolētu ārzemnieku ieceļošanu, uzturēšanos, nodarbinātību, izceļošanu un tranzītu ievērošanu, lai nodrošinātu valsts robežas, kā arī valsts robežas joslas, patrulēšanas joslas un robežzīmju uzraudzības joslas iekārtošanu un uzturēšanu, redzamību pušu valstu robežstabiem, kas veido vienu un to pašu robežzīmi, lai saskaņotu valsts robežas joslas iekārtošanu un uzturēšanu saistītos darbus ar nekustamo īpašumu īpašniekiem, kā arī pārliecināties, vai attiecīgie nekustamie īpašumi ir Iekšlietu ministrijas valdījumā.</t>
   </si>
   <si>
     <t>Apstrādes mērķis – Iestāde kadastra subjekta datus apstrādā, lai varētu saskaņot robežas joslas uzturēšanas darbus ar nekustamo īpašumu īpašniekiem, izsniegtu pastāvīgo caurlaidi personai, kurai pierobežas joslā pieder nekustamais īpašums, kontrolētu pierobežas joslas režīma un noteikumu par ārzemnieku ieceļošanu, uzturēšanos, izceļošanu un tranzītu Latvijas Republikas teritorijā ievērošanu.
 Tiesiskais pamats – Latvijas Republikas valsts robežas likuma 4. panta pirmā daļa, 5. panta pirmā un otrā daļa un 18. panta trešā daļa, Valsts robežsardzes likuma 2. panta otrā daļa, 5. panta pirmās daļas 1. un 9. punkts, 15. panta piektās daļas 3. un 4. punkts, Operatīvās darbības likuma 2. panta pirmās daļas 2. punkts, 27. panta 1. punkts un 28. panta pirmās daļas 2. un 4. punkts, Kriminālprocesa likuma 387. panta astotā daļa, Ministru kabineta 2022. gada 1. februāra noteikumu Nr. 79 "Latvijas Republikas valsts robežas joslas, patrulēšanas joslas un robežzīmju uzraudzības joslas iekārtošanas un uzturēšanas noteikumi" 3., 20. punkts un 21.1., 21.2., 21.3., 21.4., 21.6., 21.7., 21.8. apakšpunkts, Ministru kabineta 2014. gada 23. decembra noteikumu Nr. 791 "Noteikumi par kārtību, kādā Valsts robežsardze izsniedz un anulē speciālās caurlaides, un speciālo caurlaižu paraugiem" 5. punkts un 3. pielikums, Ministru kabineta 2014. gada 23. decembra noteikumu Nr. 789 "Kārtība, kādā Valsts robežsardze reģistrē kuģošanas līdzekļus un transportlīdzekļus, kas tiek izmantoti iekšējos ūdeņos, pa kuriem noteikta ārējā robeža" 5.1. apakšpunkts</t>
   </si>
   <si>
     <t>Valsts kase 
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Izglītības kvalitātes valsts dienests
 Valsts zemes dienests</t>
   </si>
   <si>
-    <t>Nacionālie bruņotie spēki
-[...2 lines deleted...]
-  <si>
     <t>Valsts kontrole
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Valsts darba inspekcija Valsts zemes dienests</t>
-  </si>
-[...2 lines deleted...]
-Valsts zemes dienests</t>
   </si>
   <si>
     <t>Ekonomikas ministrija 
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Lauku atbalsta dienests
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Valsts pārvaldes iekārtas likuma 58. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu,</t>
   </si>
   <si>
     <t>Nodrošinātu e-pakalpojuma EP00 "Manā īpašumā deklarētās un papildu adresi norādījušās personas" izstrādi un uzturēšanu, lai Iestāde saņemtu Kadastra informācijas sistēmas produkcijas vides aktuālos teksta datus par Latvijas Republikas teritorijā esošu kadastra objektu.</t>
   </si>
   <si>
     <t>Nekustamā īpašuma valsts kadastra likuma 86. panta pirmajai daļai un Ministru kabineta 2018. gada 24. jūlija noteikumu Nr. 439 "Nekustamā īpašuma valsts kadastra informācijas pieprasīšanas un izsniegšanas kārtība" 31. punktam nodrošina Iestādei piekļuvi Datiem, to izmantošanai, lai Iestāde izpildītu Dzīvesvietas deklarēšanas likuma 13. panta trešajā daļā un Ministru kabineta 2021. gada 17. augusta noteikumu Nr. 563 "Fizisko personu reģistrā iekļauto ziņu izsniegšanas kārtība" 11.punktā Iestādei noteikto uzdevumu izpildei.</t>
   </si>
   <si>
     <t>Valsts augu aizsardzības dienests un Valsts zemes dienests</t>
   </si>
   <si>
     <t>Valsts pārvaldes iekārtas likuma 55. panta otro daļu un 58. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu</t>
   </si>
   <si>
@@ -827,79 +768,202 @@
 Valsts zemes dienests</t>
   </si>
   <si>
     <t>Statistikas likuma 7. pants, 15. panta otrā daļa un Ministru kabineta 2018. gada 27. novembra noteikumi Nr. 732 "Centrālās statistikas pārvaldes nolikums" 4. punkts</t>
   </si>
   <si>
     <t>Iestādei noteikto uzdevumu izpildei un Iestādes iekšējās informācijas sistēmas, kas nepieciešama oficiālās statistikas nodrošināšanai, uzturēšanai.</t>
   </si>
   <si>
     <t>Līdz 2030.gada 12.janvārim</t>
   </si>
   <si>
     <t>Iestāde izmanto Dienesta datus par
 1. fizisko personu tiesiskā valdījumā vai lietojumā esošām zemes vienībām (zemes lietošanas mērķis – lauksaimniecība un mežsaimniecība): personas kods, vārds, uzvārds, adrese, īpašumtiesību veids, zemes vienības kadastra apzīmējums, nekustamā īpašuma nosaukums, kopējā platība, lauksaimniecībā izmantojamās zemes platība, Statistiskā lauku saimniecību reģistra informācijas atjaunošanai, lai nodrošinātu aktuālu ietvaru lauku saimniecību atlasei un veiktu izlašu stratifikāciju lauksaimniecības statistikas apsekojumiem un lauksaimniecības skaitīšanām, un attiecīgi nodrošinātu:
 1.1. Eiropas Parlamenta un Padomes 2018. gada 18. jūlija regulas (ES) 2018/1091 par lauku saimniecību integrētu statistiku un ar ko atceļ Regulas (EK) Nr. 1166/2008 un (ES) Nr. 1337/2011 1. panta, 4. panta 1. un 4. punktā Iestādei noteikto uzdevumu izpildi;
 2.1.  Eiropas Parlamenta un Padomes 2022. gada 23. novembra regulas (ES) 2022/2379 par statistiku par lauksaimniecības ielaidi un izlaidi un ar ko groza Komisijas Regulu (EK) Nr. 617/2008 un atceļ Eiropas Parlamenta un Padomes Regulas (EK) Nr. 1165/2008, (EK) Nr. 543/2009 un (EK) Nr. 1185/2009 un Padomes Direktīvu 96/16/EK 1. pantā, 3. panta 1. punktā, 8. panta 1. un 4. punktā Iestādei noteikto uzdevumu izpildi;
 2. fizisko personu īpašumtiesībām: personas kods, adrese, adresācijas objekta Valsts adrešu reģistra informācijas sistēmas kods, telpu grupas unikālais identifikators, telpu grupas kadastra apzīmējums, būves (ēkas) unikālais identifikators, būves (ēkas) kadastra apzīmējums, būves (ēkas) izmantošanas kods, būves piederības statuss, īpašnieku skaits, īpašumtiesību identifikators, personas īpašumtiesību statuss, fiziskas personas statuss, personai piederošās nekustamā īpašuma domājamās daļas skaitītājs, ja attiecīgais īpašums ir kopīpašums, personai piederošās nekustamā īpašuma domājamās daļas saucējs, ja attiecīgais īpašums ir kopīpašums, ģeogrāfiskās koordinātes, lai nodrošinātu Eiropas Parlamenta un Padomes 2008. gada 9. jūlija regulas Nr. 763/2008 par iedzīvotāju un mājokļu skaitīšanu 3. pantā, 4. panta 1. punkta b apakšpunktā un pielikuma 2.2.1. punktā Iestādei noteikto uzdevumu izpildi</t>
   </si>
   <si>
     <t>Valsts pārvaldes iekārtas likuma 55. panta otro daļu un 58. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu</t>
   </si>
   <si>
     <t>Publiskas personas finanšu līdzekļu un mantas izšķērdēšanas novēršanas likuma 5.1 panta pirmajā un otrajā daļā, 6.2 panta otrajā daļā un 6.4 pantā, Ministru kabineta 2011. gada 6. decembra noteikumos Nr. 934 "Noteikumi par valsts nekustamā īpašuma pārvaldīšanas principiem un kārtību, kā arī kārtību, kādā apkopojama informācija par valsts nekustamo īpašumu pārvaldīšanu un valsts iestāžu lietotajiem nekustamajiem īpašumiem", tai skaitā to 14.1., 20.51. apakšpunktā, 20.2 un 20.6 punktā un Publiskas personas mantas atsavināšanas likuma 5. panta pirmajā daļā un 9. panta pirmajā, 1.1, 1.2, 1.3 un otrajā daļā</t>
   </si>
   <si>
-    <t xml:space="preserve">Līdz 2029.gada </t>
-[...1 lines deleted...]
-  <si>
     <t>Lai Sabiedrība pārvaldītu un atsavinātu valstij piederošus vai piekrītošus nekustamos īpašumus, tai skaitā, kas nodoti Sabiedrības pārvaldīšanā atbilstoši ar valsts pārvaldes iestādēm noslēgtiem līgumiem un pilnvarojumu, kā arī pārvaldītu un atsavinātu Sabiedrības īpašumā esošus nekustamos īpašumus un Sabiedrības nekustamo īpašumu nodotu bezatlīdzības lietošanā, iznomātu un Sabiedrības darbības nodrošināšanai nepieciešamo nekustamo īpašumu nomātu no citām personām, kā arī nodrošinātu vienotu un sistematizētu informācijas apkopošanu, aktualizēšanu par valsts nekustamo īpašumu pārvaldīšanu un valsts iestāžu lietotajiem nekustamajiem īpašumiem, nodrošinot Valsts nekustamo īpašumu informācijas sistēmas un Sabiedrības nekustamo īpašumu pārvaldīšanas procesu sistēmas izveidi un darbību.</t>
   </si>
   <si>
     <t xml:space="preserve"> Publiskas personas mantas atsavināšanas likuma 4. panta ceturtā daļa, 5. panta pirmā un trešā daļa, 9. panta pirmā daļa, 44.1 panta pirmā daļa un 46.1 panta otrā un piektā daļa;  Ministru kabineta 2018. gada 19. jūnija noteikumu Nr. 350 "Publiskas personas zemes nomas un apbūves tiesības noteikumi" 13. punkts; Ministru kabineta 2011. gada 6. decembra noteikumu Nr. 934 "Noteikumi par valsts nekustamā īpašuma pārvaldīšanas principiem un kārtību, kā arī kārtību, kādā apkopojama informācija par valsts nekustamo īpašumu pārvaldīšanu un valsts iestāžu lietotajiem nekustamajiem īpašumiem" 2.1 un 4. punkts;  Ministru kabineta 2013. gada 26. novembra noteikumu Nr. 1354 "Kārtība, kādā veicama valstij piekritīgās mantas uzskaite, novērtēšana, realizācija, nodošanas bez maksas, iznīcināšana un realizācijas ieņēmumu ieskaitīšana valsts budžetā" 32.3. apakšpunkts, Civillikuma 416., 417. pants un 930. panta piezīme, Komerclikuma 317. panta trešā daļa;  Ārējās sauszemes robežas infrastruktūras izbūves likuma 8. panta otrā daļa un trešās daļas 1. punkts. apstrādes mērķis – lai:sagatavotu lēmumu par apbūvētu valsts zemesgabalu atsavināšanu un noteiktu pirmpirkuma tiesīgās personas, pārbaudot nekustamo īpašumu īpašnieku, tiesisko valdītāju, lietotāju personas datus, kā arī, lai nodrošinātu atsavināšanas procesā nepieciešamo saziņu, ievērojot Paziņošanas likuma noteikumus; lai sagatavotu maksāšanas paziņojumu, rēķinu vai zemesgabala lietošanas rakstveida vienošanos, lai varētu pārbaudīt datus par tiesiskajiem valdītājiem, lietotājiem, īpašniekiem, kuriem, iespējams, ir īpašumtiesības, bet tās nav reģistrētas zemesgrāmatā, un Sabiedrība varētu vērsties tiesā ar prasību par īpašuma atzīšanu par bezmantinieka vai bezīpašnieka lietu un tās piekritību valstij; lai organizēt valsts mantas atsavināšanas procesu, ievērotu Publiskas personas mantas atsavināšanas likuma 4. panta ceturtajā daļā minēto personu pirmpirkuma tiesības, kā arī izvērtētu saņemtos valsts pirmpirkuma vai izpirkuma tiesību piedāvājumus;  lai nodrošinot izbūves darbus, varētu veikt blakus piegulošo teritoriju apzināšanu, nolūkā vienoties par to izmantošanu būvdarbu laikā &lt;&gt; ar zemesgabalu īpašniekiem, tiesiskajiem valdītājiem.</t>
   </si>
   <si>
     <t>Satiksmes ministrija un Valsts zemes dienests</t>
   </si>
   <si>
     <t>Valsts pārvaldes iekārtas likuma 55. panta otro daļu un 58. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 “Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu” 11. punktu</t>
   </si>
   <si>
     <t xml:space="preserve">Ministru kabineta 2003. gada 29. aprīļa noteikumu Nr. 242 “Satiksmes ministrijas nolikums” 4.1.14., 4.2., 5.2.2., 5.3., 5.11. un 5.28. apakšpunktā, Elektronisko sakaru likuma 4. panta otrās daļas 4. punktā, septītajā daļā un 13. panta pirmajā daļā </t>
   </si>
   <si>
     <t>lai noteiktu elektronisko sakaru infrastruktūras attīstības politiku un īstenotu elektronisko sakaru infrastruktūras attīstības projektus, tai skaitā Eiropas Savienības fondu finansētos projektus, lai nodrošinātu valsts atbalsta pasākumu plānošanai elektronisko sakaru jomā un platjoslas elektronisko sakaru attīstības politikas izstrādei nepieciešamos analītiskos materiālus un statistiku, un platjoslas elektronisko sakaru tīklu, platjoslas un universālā pakalpojuma ģeogrāfiskās pieejamības monitoringu un platjoslas kompetences centra darbību Latvijā, nodrošinātu Platjoslas pieejamības ģeogrāfiskās informācija sistēmas izveidi un darbību</t>
   </si>
   <si>
     <t>Augstas detalizācijas topogrāfiskās informācijas sistēma</t>
   </si>
   <si>
     <t>Valsts nekustamie īpašumi un Valsts zemes dienests</t>
   </si>
   <si>
     <t>Nekustamā īpašuma valsts kadastra informācijas sistēma
 pašvaldību informācijas sistēmas</t>
+  </si>
+  <si>
+    <t>Ministru kabineta 2014. gada 9. jūnija noteikumu Nr. 293 "Dabas datu pārvaldības sistēmas uzturēšanas, datu aktualizācijas un informācijas aprites kārtība" 2. punktā un 24.1.1. apakšpunktā, likuma "Par īpaši aizsargājamām dabas teritorijām" 11. panta otrajā daļā, 12. pantā, 13. panta ceturtajā un piektajā daļā, 22. panta pirmajā daļā, 27. pantā, 31. panta otrajā daļā, 35. panta trešajā daļā, Sugu un biotopu aizsardzības likuma 5. panta 1., 2., 3., 4., 5., 6., 9. un 10. punktā, 8. panta trešajā daļā, 10. panta pirmajā un otrajā daļā, likuma "Par nekustamā īpašuma nodokli" 1. panta otrās daļas 5. punktā, Ministru kabineta 2009. gada 2. jūnija noteikumu Nr. 507 "Dabas aizsardzības pārvaldes nolikums" 2.2., 2.4., 3.1., 3.5., 3.7., 3.10., 3.11., 3.17., 3.17.1, 3.17.2 un 4.1. apakšpunktā, Ministru kabineta 2012. gada 18. decembra noteikumu Nr. 940 "Noteikumi par mikroliegumu izveidošanas un apsaimniekošanas kārtību, to aizsardzību, kā arī mikroliegumu un to buferzonu noteikšanu" 19. un 34. punktā</t>
+  </si>
+  <si>
+    <t>Iestādei noteiko uzdēvumu izpildi, kā sistēmas "Ozols" pārzinis pildītu tam ārējos normatīvajos aktos noteiktās funkcijas un uzdevumusi, lai organizētu un uzraudzītu sugu aizsardzības plānu un dabas aizsardzības plānu izstrādi un atjaunošanu aizsargājamām teritorijām, kā arī veicinātu un koordinētu minēto plānu ieviešanu, lai pildītu ārējos normatīvajos aktos noteiktos uzdevumus bioloģiskās daudzveidības saglabāšanai un ekosistēmu aizsardzībai, lai kontrolētu īpaši aizsargājamo dabas teritoriju, īpaši aizsargājamo sugu un biotopu, kā arī mikroliegumu aizsardzību regulējošo normatīvo aktu ievērošanu, lai izsniegtu un anulētu atļaujas, kā arī apturētu to darbību, sniegtu atzinumus un saskaņojumus, lai veicinātu sabiedrības (tai skaitā zemes īpašnieku) iesaistīšanu īpaši aizsargājamo dabas teritoriju un mikroliegumu apsaimniekošanā un sugu un biotopu aizsardzībā, lai organizētu īpaši aizsargājamo sugu, to dzīvotņu, kā arī īpaši aizsargājamo biotopu optimālus uzturēšanas un atjaunošanās, kā arī aizsardzības pasākumus, lai plānotu un organizētu nepieciešamos dabas aizsardzības un apsaimniekošanas pasākumus īpaši aizsargājamās dabas teritorijās un mikroliegumos, kā arī ārpus tiem, lai sagatavotu informāciju par zemi īpaši aizsargājamās dabas teritorijās, kurās ar likumu aizliegta saimnieciskā darbība, un šajās teritorijās esošās dabas aizsardzībai izmantojamās ēkas un inženierbūves, lai sagatavotu pārskatus un ziņojumus starptautisko saistību izpildei un lai organizētu valsts bioloģiskās daudzveidības monitoringa programmas īstenošanu</t>
+  </si>
+  <si>
+    <t>Apstrādes mērķis - Iestāde adreses apstrādā, lai informētu zemes īpašniekus par izmaiņām dabas aizsardzību regulējošajos normatīvajos aktos, tai skaitā jaunu aizsargājamu dabas teritoriju izveidi, esošo teritoriju robežu, funkcionālā zonējuma vai aizsardzību un izmantošanu regulējošo normatīvo aktu izmaiņām, lai informētu par nepieciešamajiem apsaimniekošanas pasākumiem, tai skaitā izstrādājot dabas aizsardzības plānus, lai administrētu zaudējumu atlīdzības izmaksu par īpaši aizsargājamo nemedījamo sugu un migrējošo sugu dzīvnieku nodarītajiem būtiskajiem postījumiem, lai administrētu kompensāciju izmaksas par saimnieciskās darbības ierobežojumiem īpaši aizsargājamās dabas teritorijās un mikroliegumos, lai izsniegtu un anulētu atļaujas, kā arī apturētu to darbību, sniegtu atzinumus un saskaņojumus, lai sazinātos ar zemes īpašnieku par konstatētajiem pārkāpumiem; 
+Tiesiskais pamats -likuma "Par īpaši aizsargājamām dabas teritorijām"11. panta otrā daļa, 13. panta ceturtā daļa, 35. panta trešā daļa, Sugu un biotopu aizsardzības likuma 8. panta trešā daļa, 10. panta pirmā un otrā daļa, Ministru kabineta 2009. gada 2. jūnija noteikumu Nr. 507 "Dabas aizsardzības pārvaldes nolikums" 2.4., 3.1., 3.5., 3.7., 3.10., 3.11. un 3.17. apakšpunkts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2025
+</t>
+  </si>
+  <si>
+    <t>Valsts pārvaldes iekārtas likuma 55. panta otro daļu un 58. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktus</t>
+  </si>
+  <si>
+    <t>likuma "Par Valsts ieņēmumu dienestu" 2. panta 1. punktā, 8. panta 1., 2., 6.1 un 8. punktā, likuma "Par nodokļiem un nodevām" 1. panta 30. punkta "a" apakšpunktā un 31. punkta "b" apakšpunktā, 18. panta pirmās daļas 1., 2., 3. un 11. punktā, 18.1 panta pirmās daļas 1. un 2. punktā, 20. panta 1. un 3. punktā, likuma "Par iedzīvotāju ienākuma nodokli" 21. panta 1. un 2. punktā, likuma "Par interešu konflikta novēršanu valsts amatpersonu darbībā" 24. panta 2.1 daļā, 27. panta pirmajā un trešajā daļā, 28. panta pirmajā un 1.2 daļā, Ministru kabineta 2002. gada 22. oktobra noteikumu Nr. 478 "Kārtība, kādā aizpildāmas, iesniedzamas, reģistrējamas un glabājamas valsts amatpersonu deklarācijas un aizpildāmi un iesniedzami valsts amatpersonu saraksti" 3.3.2. un 4.3.2. apakšpunktā</t>
+  </si>
+  <si>
+    <t>Iestādei noteikto uzdevumu izpildei, lai nodrošinātu, ka likumu "Par nodokļiem un nodevām" un likumu "Par iedzīvotāju ienākuma nodokli" ievēro gan nodokļu maksātāji, gan Iestāde, lai kontrolētu nekustamā īpašuma nodokļa un iedzīvotāju ienākuma nodokļa aprēķināšanas un maksāšanas pareizību. Lai iegūtu informāciju nodokļu nomaksas risku izvērtēšanai un nodokļu administrācijas pārbaužu veikšanai. Lai piemērotu Iestādes lēmumu izpildes nodrošinājumus, īstenotu nokavēto nodokļu maksājumu piedziņu, tai skaitā saimnieciskās darbības apturēšanu normatīvo aktu pārkāpumu gadījumos, nodrošinātu lēmuma pieņemšanu par personas iekļaušanu riska personu sarakstā, lai pārbaudītu, vai valsts amatpersonas deklarācijas ir aizpildītas normatīvajos aktos noteiktajā kārtībā, lai pārvaldītu Iestādes Maksājumu administrēšanas informācijas sistēmu  un Elektroniskās deklarēšanas sistēmu</t>
+  </si>
+  <si>
+    <t>Iestāde veic meklēšanu pēc personas koda šādam tiesiskajam pamatojumam un mērķim: 
+tiesiskais pamats – likuma "Par interešu konflikta novēršanu valsts amatpersonu darbībā" 24. panta 2.1 daļa, 27. panta pirmā un trešā daļa un 28. panta pirmā un 1.2 daļa;
+apstrādes mērķis – Iestāde veic meklēšanu pēc personas koda, lai Iestāde EDS nodrošinātu Datu pieejamību un pārbaudītu valsts amatpersonu deklarācijā norādītās ziņas. Lai izpildītu un nodrošinātu likuma "Par Valsts ieņēmumu dienestu" 2. panta 1. punktā, 8. panta 1., 2., 6.1 un 8. punktā un likuma "Par nodokļiem un nodevām" 18. panta pirmās daļas 1., 2., 3. un 11. punktā noteikto pienākumu un uzdevumu veikšanu.</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>Lauku atbalsta dienesta likuma 4. panta pirmās daļas 1. punktā, Ministru kabineta 2025. gada 17. jūnija noteikumu Nr. 362 "Lauku atbalsta dienesta nolikums" 3.1. un 3.3. apakšpunktā, Ministru kabineta 2023. gada 18. aprīļa noteikumu Nr. 198 "Tiešo maksājumu piešķiršanas kārtība lauksaimniekiem" 8. punktā, Ministru kabineta 2023. gada 18. aprīļa noteikumu Nr. 197 "Atbalsta piešķiršanas kārtība Eiropas Lauksaimniecības fonda lauku attīstībai platībatkarīgo un dzīvniekatkarīgo saistību īstenošanai" 3. punktā, Ministru kabineta 2023. gada 7. marta noteikumu Nr. 113 "Valsts un Eiropas Savienības atbalsta piešķiršanas, administrēšanas un uzraudzības vispārējā kārtība lauku un zivsaimniecības attīstībai" 34. punktā, Ministru kabineta 2023. gada 31. janvāra noteikumu Nr. 50 "Kārtība, kādā administrē un uzrauga Eiropas Lauksaimniecības garantiju fondu un Eiropas Lauksaimniecības fondu lauku attīstībai, kā arī valsts un Eiropas Savienības atbalstu lauksaimniecībai un lauku attīstībai 2023.–2027. gada plānošanas periodā" 45. punktā, Ministru kabineta 2009. gada 17. jūnija noteikumu Nr. 573 "Kārtība, kādā administrē Eiropas Lauksaimniecības garantiju fondu, Eiropas Lauksaimniecības fondu lauku attīstībai un Eiropas Zivsaimniecības fondu, kā arī valsts un Eiropas Savienības atbalstu lauksaimniecībai, lauku un zivsaimniecības attīstībai" 35. punktā, Ministru kabineta 2014. gada 30. septembra noteikumu Nr. 598 "Noteikumi par valsts un Eiropas Savienības atbalsta piešķiršanu, administrēšanu un uzraudzību lauku un zivsaimniecības attīstībai 2014.–2020. gada plānošanas periodā, kā arī pārejas laikā 2021. un 2022. gadā" 59. punktā, Ministru kabineta 2010. gada 13. jūlija noteikumu Nr. 635 "Kārtība, kādā apseko un nosaka neapstrādātās lauksaimniecībā izmantojamās zemes platību un sniedz informāciju par to" 4. punktā</t>
+  </si>
+  <si>
+    <t>Iestādei noteikto uzdevumu izpildei, lai veiktu valsts un Eiropas Savienības atbalsta laukiem, lauksaimniecībai, mežsaimniecībai un zivsaimniecībai administrēšanu, atbalsta maksājumu saņēmēju fizisko un attālināto kontroli, lai pilnveidotu Lauku reģistru un sagatavotu informāciju un datu kopu valsts pārvaldes institūcijām un pašvaldībām un nodrošinātu Lauku atbalsta dienesta informācijas sistēmas darbību un uzturēšanu</t>
+  </si>
+  <si>
+    <t>Līdz 2030.gada 27.oktobrim</t>
+  </si>
+  <si>
+    <t>Līdz 2030.gada 26.oktobrim</t>
+  </si>
+  <si>
+    <t>Līdz 2030.gada 12.novembrim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+2025</t>
+  </si>
+  <si>
+    <t>VAS Valsts nekustamie īpašumi</t>
+  </si>
+  <si>
+    <t>Publiskas personas finanšu līdzekļu un mantas izšķērdēšanas novēršanas likuma 5.1 panta pirmajā un otrajā daļā, 6.2 panta otrajā daļā un 6.4 pantā, Ministru kabineta 2011. gada 6. decembra noteikumos Nr. 934 "Noteikumi par valsts nekustamā īpašuma pārvaldīšanas principiem un kārtību, kā arī kārtību, kādā apkopojama informācija par valsts nekustamo īpašumu pārvaldīšanu un valsts iestāžu lietotajiem nekustamajiem īpašumiem", tai skaitā to 14.1., 20.51. apakšpunktā, 20.2 un 20.6 punktā un Publiskas personas mantas atsavināšanas likuma 5. panta pirmajā daļā un 9. panta pirmajā, 1.1, 1.2, 1.3 un otrajā daļā</t>
+  </si>
+  <si>
+    <t>lai Sabiedrība pārvaldītu un atsavinātu valstij piederošus vai piekrītošus nekustamos īpašumus, tai skaitā, kas nodoti Sabiedrības pārvaldīšanā atbilstoši ar valsts pārvaldes iestādēm noslēgtiem līgumiem un pilnvarojumu, kā arī pārvaldītu un atsavinātu Sabiedrības īpašumā esošus nekustamos īpašumus un Sabiedrības nekustamo īpašumu nodotu bezatlīdzības lietošanā, iznomātu un Sabiedrības darbības nodrošināšanai nepieciešamo nekustamo īpašumu nomātu no citām personām, kā arī nodrošinātu vienotu un sistematizētu informācijas apkopošanu, aktualizēšanu par valsts nekustamo īpašumu pārvaldīšanu un valsts iestāžu lietotajiem nekustamajiem īpašumiem, nodrošinot Valsts nekustamo īpašumu informācijas sistēmas un Sabiedrības nekustamo īpašumu pārvaldīšanas procesu sistēmas izveidi un darbību.</t>
+  </si>
+  <si>
+    <t>Līdz 2029.gada 31.oktobrim</t>
+  </si>
+  <si>
+    <t>Apstrādes mērķis - sagatavotu lēmumu par apbūvētu valsts zemesgabalu atsavināšanu un noteiktu pirmpirkuma tiesīgās personas, pārbaudot nekustamo īpašumu īpašnieku, tiesisko valdītāju, lietotāju personas datus, kā arī, lai nodrošinātu atsavināšanas procesā nepieciešamo saziņu, ievērojot Paziņošanas likuma noteikumus; sagatavotu maksāšanas paziņojumu, rēķinu vai zemesgabala lietošanas rakstveida vienošanos; varētu pārbaudīt datus par tiesiskajiem valdītājiem, lietotājiem, īpašniekiem, kuriem, iespējams, ir īpašumtiesības, bet tās nav reģistrētas zemesgrāmatā, un Sabiedrība varētu vērsties tiesā ar prasību par īpašuma atzīšanu par bezmantinieka vai bezīpašnieka lietu un tās piekritību valstij;izpildot Sabiedrībai deleģēto uzdevumu – organizēt valsts mantas atsavināšanas procesu, ievērotu Publiskas personas mantas atsavināšanas likuma 4. panta ceturtajā daļā minēto personu pirmpirkuma tiesības, kā arī izvērtētu saņemtos valsts pirmpirkuma vai izpirkuma tiesību piedāvājumus;Sabiedrība kā ģenerāluzņēmējs, nodrošinot Latvijas Republikas – Krievijas Federācijas robežas infrastruktūras izbūves darbus, varētu veikt blakus piegulošo teritoriju apzināšanu, nolūkā vienoties par to izmantošanu būvdarbu laikā (piemēram, šķērsošanai, materiālu novietošanai u.tml.) ar zemesgabalu īpašniekiem, tiesiskajiem valdītājiem.
+Tiesiskais pamats - Publiskas personas mantas atsavināšanas likuma 4. panta ceturtā daļa, 5. panta pirmā un trešā daļa, 9. panta pirmā daļa, 44.1 panta pirmā daļa un 46.1 panta otrā un piektā daļa; Ministru kabineta 2018. gada 19. jūnija noteikumu Nr. 350 "Publiskas personas zemes nomas un apbūves tiesības noteikumi" 13. punkts; Ministru kabineta 2011. gada 6. decembra noteikumu Nr. 934 "Noteikumi par valsts nekustamā īpašuma pārvaldīšanas principiem un kārtību, kā arī kārtību, kādā apkopojama informācija par valsts nekustamo īpašumu pārvaldīšanu un valsts iestāžu lietotajiem nekustamajiem īpašumiem" 2.1 un 4. punkts; Ministru kabineta 2013. gada 26. novembra noteikumu Nr. 1354 "Kārtība, kādā veicama valstij piekritīgās mantas uzskaite, novērtēšana, realizācija, nodošanas bez maksas, iznīcināšana un realizācijas ieņēmumu ieskaitīšana valsts budžetā" 32.3. apakšpunkts, Civillikuma 416., 417. pants un 930. panta piezīme, Komerclikuma 317. panta trešā daļa; Ārējās sauszemes robežas infrastruktūras izbūves likuma 8. panta otrā daļa un trešās daļas 1. punkts;</t>
+  </si>
+  <si>
+    <t>Piesārņoto vietu pārvaldības sistēmā Vides aizsardzības likuma 18. panta 3. punktā, 19. pantā un 21. panta pirmās daļas 5. punktā, likuma "Par piesārņojumu" 35. panta otrajā daļā, 36. panta pirmajā daļā, 37. panta pirmās daļas 2. punktā, 40. panta pirmajā un trešajā daļā, 41. panta pirmajā daļā, 43. panta pirmajā daļā un 49. panta pirmās daļas 5. punktā, Ministru kabineta 2004. gada 23. novembra noteikumu Nr. 962 "Valsts vides dienesta nolikums" 4.6., 5.1. un 5.2. apakšpunktā</t>
+  </si>
+  <si>
+    <t>Iestādei noteikto uzdevumu izpildei, lai, izdodot izpētes, sanācijas un monitoringa uzdevumus, kā arī saskaņojot izpētes, sanācijas un monitoringa darbu programmas, pārliecinātos un nodrošinātu, ka tiek ņemts vērā esošais pazemes inženierkomunikāciju izvietojums.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Augstas detalizācijas topogrāfiskās informācijas centrālās datubāzes augstas detalizācijas topogrāfiskā informācija </t>
+  </si>
+  <si>
+    <t>Satiksmes ministrija
+Valsts zemes dienests</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ministru kabineta 2003. gada 29. aprīļa noteikumu Nr. 242 “Satiksmes ministrijas nolikums” 4.1.14., 4.2., 5.2.2., 5.3., 5.11. un 5.28. apakšpunktā, Elektronisko sakaru likuma 4. panta otrās daļas 4. punktā, septītajā daļā un 13. panta pirmajā daļā </t>
+  </si>
+  <si>
+    <t>Iestādei noteikto uzdevumu izpildei, lai noteiktu elektronisko sakaru infrastruktūras attīstības politiku un īstenotu elektronisko sakaru infrastruktūras attīstības projektus, tai skaitā Eiropas Savienības fondu finansētos projektus, lai nodrošinātu valsts atbalsta pasākumu plānošanai elektronisko sakaru jomā un platjoslas elektronisko sakaru attīstības politikas izstrādei nepieciešamos analītiskos materiālus un statistiku, un platjoslas elektronisko sakaru tīklu, platjoslas un universālā pakalpojuma ģeogrāfiskās pieejamības monitoringu un platjoslas kompetences centra darbību Latvijā, nodrošinātu Platjoslas pieejamības ģeogrāfiskās informācija sistēmas izveidi un darbību.</t>
+  </si>
+  <si>
+    <t>Valsts pārvaldes iekārtas likuma 54. panta ceturto daļu, 55. panta otro daļu un 58. panta pirmo daļu un Ministru kabineta 2010. gada 13. aprīļa noteikumu Nr. 357 "Kārtība, kādā iestādes sadarbojoties sniedz informāciju elektroniskā veidā, kā arī nodrošina un apliecina šādas informācijas patiesumu" 11. punktu,</t>
+  </si>
+  <si>
+    <t>Ministru kabineta 2024. gada 17. decembra noteikumu Nr. 901 "Noteikumi par kompetentajām institūcijām un rīcību ar valstij piekritīgo mantu" 3.4. apakšpunktā, 9., 10. un 42. punktā</t>
+  </si>
+  <si>
+    <t>Iestādei noteikto uzdevumu izpildei, lai pārbaudītu informāciju par valstij piekritīgajiem nekustamajiem īpašumiem un tiesībām uz nekustamiem īpašumiem, to īpašniekiem, tiesiskajiem valdītājiem un lietotājiem</t>
+  </si>
+  <si>
+    <t>Iestāde ar operatīvās darbības un izmeklēšanas darbību funkciju
+Valsts zemes dienests</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nodrošinājuma valsts </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t>aģentūra</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="186"/>
+      </rPr>
+      <t xml:space="preserve">
+Valsts zemes dienests</t>
+    </r>
+  </si>
+  <si>
+    <t>Līdz 2030.gadam 20.augustam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
@@ -1079,121 +1143,60 @@
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA5A5A5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="27">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...9 lines deleted...]
-    <border>
       <left style="medium">
-        <color indexed="64"/>
-[...48 lines deleted...]
-      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF7F7F7F"/>
@@ -1232,542 +1235,156 @@
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="double">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="double">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...189 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="4" fillId="8" borderId="11" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="4" fillId="8" borderId="6" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...265 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Aprēķināšana" xfId="7" builtinId="22" hidden="1"/>
     <cellStyle name="Brīdinājuma teksts" xfId="9" builtinId="11" hidden="1"/>
     <cellStyle name="Ievade" xfId="5" builtinId="20" hidden="1"/>
     <cellStyle name="Izvade" xfId="6" builtinId="21" hidden="1"/>
     <cellStyle name="Labs" xfId="2" builtinId="26" hidden="1"/>
     <cellStyle name="Neitrāls" xfId="4" builtinId="28" hidden="1"/>
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
     <cellStyle name="Paskaidrojošs teksts" xfId="11" builtinId="53" hidden="1"/>
     <cellStyle name="Pārbaudes šūna" xfId="8" builtinId="23" hidden="1"/>
     <cellStyle name="Piezīme" xfId="10" builtinId="10" hidden="1"/>
     <cellStyle name="Slikts" xfId="3" builtinId="27" hidden="1"/>
     <cellStyle name="Virsraksts 1" xfId="1" builtinId="16" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -2082,2180 +1699,2147 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M489"/>
+  <dimension ref="A1:M497"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="B45" sqref="B45"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A44" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A49" sqref="A49"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="22.8" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="23.4" zeroHeight="1" thickBottom="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.33203125" style="42" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="16384" width="9.109375" style="19" hidden="1"/>
+    <col min="1" max="1" width="10.33203125" style="24" customWidth="1"/>
+    <col min="2" max="2" width="11.6640625" style="19" customWidth="1"/>
+    <col min="3" max="3" width="20.33203125" style="18" customWidth="1"/>
+    <col min="4" max="4" width="61.44140625" style="28" customWidth="1"/>
+    <col min="5" max="5" width="51.109375" style="29" customWidth="1"/>
+    <col min="6" max="6" width="48.44140625" style="29" customWidth="1"/>
+    <col min="7" max="7" width="19.5546875" style="29" customWidth="1"/>
+    <col min="8" max="8" width="18.44140625" style="29" customWidth="1"/>
+    <col min="9" max="9" width="76.44140625" style="29" customWidth="1"/>
+    <col min="10" max="10" width="31" style="29" customWidth="1"/>
+    <col min="11" max="11" width="23.44140625" style="21" customWidth="1"/>
+    <col min="12" max="13" width="0" style="3" hidden="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.109375" style="3" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="52" customFormat="1" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="15" t="s">
+    <row r="1" spans="1:11" s="7" customFormat="1" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B1" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="E1" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="F1" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="G1" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="H1" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="I1" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="J1" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="K1" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="90.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E2" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="J2" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="52.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="130.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="94.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I5" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="K5" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" s="13" customFormat="1" ht="229.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="8">
+        <v>2016</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F6" s="10" t="s">
+        <v>83</v>
+      </c>
+      <c r="G6" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H6" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I6" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="J6" s="10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K6" s="12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="199.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K7" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="82.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="115.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="14" t="s">
         <v>39</v>
       </c>
-      <c r="B1" s="15" t="s">
-[...31 lines deleted...]
-      <c r="A2" s="89" t="s">
+      <c r="B10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="K10" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="145.80000000000001" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I11" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K11" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="K12" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="193.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="B2" s="90" t="s">
+      <c r="F13" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="K13" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="116.7" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="14">
+        <v>2021</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C2" s="90" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="90" t="s">
+      <c r="C14" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" s="18" customFormat="1" ht="114.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="8">
+        <v>2022</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="E15" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="F15" s="17" t="s">
+        <v>78</v>
+      </c>
+      <c r="G15" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H15" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="J15" s="10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K15" s="12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="136.94999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="24" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" s="19" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="F16" s="17" t="s">
         <v>110</v>
       </c>
-      <c r="E2" s="90" t="s">
-[...8 lines deleted...]
-      <c r="H2" s="91" t="s">
+      <c r="G16" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H16" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="I2" s="91" t="s">
+      <c r="I16" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="J16" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="K16" s="12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="13" customFormat="1" ht="99" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="30" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" s="2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="136.94999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="14" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K18" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="14" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="J19" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="173.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H20" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="J2" s="90" t="s">
-[...10 lines deleted...]
-      <c r="B3" s="90" t="s">
+      <c r="I20" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="162.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B21" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C3" s="90" t="s">
-[...14 lines deleted...]
-      <c r="H3" s="18" t="s">
+      <c r="C21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="K21" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="171.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="J22" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K23" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="88.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="22" t="s">
+        <v>120</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="J24" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K24" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="158.69999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K25" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="53.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="53.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="53.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J28" s="1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="53.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="332.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K30" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="13" customFormat="1" ht="198.6" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="20" t="s">
+        <v>163</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K31" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="13" customFormat="1" ht="159" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="8">
+        <v>2024</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D32" s="17" t="s">
+        <v>152</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>153</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="G32" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H32" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="I32" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K32" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="119.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="8">
+        <v>2024</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33" s="16" t="s">
+        <v>174</v>
+      </c>
+      <c r="E33" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="F33" s="11" t="s">
+        <v>175</v>
+      </c>
+      <c r="G33" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H33" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="I3" s="18" t="s">
-[...2 lines deleted...]
-      <c r="J3" s="2" t="s">
+      <c r="I33" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K33" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="79.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="J34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="K34" s="2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" s="13" customFormat="1" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="8">
+        <v>2024</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E35" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I35" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="J35" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="K35" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="246.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="K36" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" s="13" customFormat="1" ht="279.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="8">
+        <v>2024</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="E37" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="F37" s="11" t="s">
+        <v>180</v>
+      </c>
+      <c r="G37" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H37" s="11" t="s">
+        <v>181</v>
+      </c>
+      <c r="I37" s="25" t="s">
+        <v>182</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K37" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" s="13" customFormat="1" ht="159" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="8">
+        <v>2024</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="E38" s="11" t="s">
+        <v>223</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="G38" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I38" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="J38" s="26" t="s">
+        <v>221</v>
+      </c>
+      <c r="K38" s="12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="188.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="J39" s="20" t="s">
         <v>22</v>
       </c>
-      <c r="K3" s="18" t="s">
-[...7 lines deleted...]
-      <c r="B4" s="2" t="s">
+      <c r="K39" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" s="13" customFormat="1" ht="266.39999999999998" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="8">
+        <v>2025</v>
+      </c>
+      <c r="B40" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="E40" s="11" t="s">
+        <v>184</v>
+      </c>
+      <c r="F40" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="G40" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H40" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="I40" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="K40" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="157.80000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="14" t="s">
+        <v>202</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H41" s="27" t="s">
+        <v>212</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K41" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" ht="184.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="C4" s="2" t="s">
-[...14 lines deleted...]
-      <c r="H4" s="18" t="s">
+      <c r="C42" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H42" s="27" t="s">
+        <v>211</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K42" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" s="13" customFormat="1" ht="334.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="30" t="s">
+        <v>213</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="D43" s="17" t="s">
+        <v>178</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="F43" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H43" s="11" t="s">
+        <v>210</v>
+      </c>
+      <c r="I43" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="J43" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="K43" s="23" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" s="13" customFormat="1" ht="135" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="8">
+        <v>2025</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="E44" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="F44" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="G44" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H44" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I4" s="18" t="s">
-[...83 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="I44" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="J44" s="26" t="s">
+        <v>221</v>
+      </c>
+      <c r="K44" s="12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" s="13" customFormat="1" ht="85.8" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="8">
+        <v>2025</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...244 lines deleted...]
-      <c r="C14" s="2" t="s">
+      <c r="C45" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...17 lines deleted...]
-      <c r="J14" s="2" t="s">
+      <c r="D45" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="E45" s="11" t="s">
+        <v>226</v>
+      </c>
+      <c r="F45" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="G45" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H45" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="I45" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="J45" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="K14" s="18" t="s">
-[...1584 lines deleted...]
-    <row r="489" x14ac:dyDescent="0.25"/>
+      <c r="K45" s="12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" s="13" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="8"/>
+      <c r="B46" s="9"/>
+      <c r="D46" s="23"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="11"/>
+      <c r="H46" s="11"/>
+      <c r="I46" s="11"/>
+      <c r="J46" s="11"/>
+      <c r="K46" s="12"/>
+    </row>
+    <row r="47" spans="1:11" s="13" customFormat="1" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="8"/>
+      <c r="B47" s="9"/>
+      <c r="D47" s="23"/>
+      <c r="E47" s="11"/>
+      <c r="F47" s="11"/>
+      <c r="G47" s="11"/>
+      <c r="H47" s="11"/>
+      <c r="I47" s="11"/>
+      <c r="J47" s="11"/>
+      <c r="K47" s="12"/>
+    </row>
+    <row r="48" spans="1:11" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="49" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="50" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="51" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="52" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="53" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="54" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="55" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="56" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="57" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="58" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="59" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="60" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="61" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="62" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="63" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="64" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="65" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="66" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="67" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="68" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="69" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="70" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="71" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="72" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="73" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="74" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="76" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="77" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="78" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="79" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="80" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="81" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="82" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="83" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="84" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="85" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="86" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="87" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="88" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="89" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="90" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="91" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="92" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="93" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="94" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="95" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="96" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="97" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="98" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="99" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="100" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="101" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="102" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="103" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="104" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="105" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="106" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="107" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="108" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="109" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="110" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="111" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="112" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="113" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="114" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="115" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="116" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="117" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="118" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="119" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="120" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="121" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="122" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="123" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="124" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="125" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="126" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="127" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="128" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="129" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="130" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="131" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="132" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="133" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="134" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="135" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="136" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="137" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="138" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="139" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="140" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="141" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="142" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="143" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="144" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="145" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="146" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="147" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="148" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="149" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="150" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="151" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="152" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="153" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="154" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="155" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="156" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="157" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="158" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="159" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="160" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="161" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="162" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="163" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="164" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="165" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="166" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="167" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="168" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="169" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="170" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="171" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="172" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="173" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="174" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="175" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="176" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="177" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="178" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="179" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="180" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="181" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="182" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="183" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="184" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="185" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="186" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="187" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="188" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="189" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="190" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="191" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="192" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="193" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="194" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="195" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="196" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="197" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="198" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="199" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="200" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="201" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="202" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="203" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="204" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="205" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="206" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="207" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="208" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="209" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="210" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="211" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="212" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="213" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="214" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="215" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="216" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="217" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="218" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="219" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="220" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="221" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="222" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="223" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="224" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="225" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="226" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="227" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="228" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="229" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="230" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="231" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="232" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="233" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="234" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="235" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="236" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="237" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="238" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="239" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="240" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="241" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="242" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="243" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="244" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="245" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="246" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="247" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="248" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="249" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="250" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="251" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="252" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="253" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="254" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="255" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="256" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="257" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="258" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="259" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="260" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="261" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="262" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="263" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="264" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="265" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="266" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="267" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="268" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="269" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="270" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="271" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="272" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="273" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="274" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="275" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="276" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="277" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="278" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="279" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="280" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="281" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="282" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="283" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="284" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="285" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="286" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="287" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="288" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="289" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="290" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="291" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="292" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="293" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="294" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="295" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="296" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="297" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="298" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="299" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="300" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="301" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="302" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="303" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="304" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="305" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="306" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="307" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="308" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="309" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="310" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="311" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="312" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="313" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="314" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="315" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="316" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="317" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="318" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="319" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="320" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="321" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="322" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="323" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="324" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="325" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="326" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="327" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="328" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="329" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="330" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="331" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="332" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="333" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="334" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="335" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="336" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="337" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="338" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="339" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="340" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="341" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="342" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="343" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="344" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="345" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="346" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="347" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="348" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="349" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="350" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="351" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="352" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="353" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="354" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="355" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="356" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="357" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="358" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="359" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="360" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="361" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="362" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="363" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="364" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="365" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="366" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="367" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="368" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="369" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="370" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="371" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="372" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="373" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="374" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="375" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="376" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="377" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="378" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="379" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="380" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="381" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="382" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="383" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="384" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="385" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="386" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="387" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="388" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="389" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="390" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="391" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="392" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="393" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="394" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="395" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="396" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="397" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="398" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="399" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="400" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="401" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="402" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="403" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="404" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="405" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="406" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="407" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="408" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="409" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="410" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="411" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="412" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="413" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="414" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="415" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="416" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="417" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="418" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="419" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="420" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="421" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="422" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="423" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="424" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="425" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="426" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="427" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="428" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="429" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="430" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="431" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="432" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="433" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="434" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="435" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="436" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="437" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="438" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="439" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="440" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="441" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="442" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="443" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="444" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="445" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="446" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="447" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="448" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="449" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="450" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="451" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="452" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="453" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="454" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="455" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="456" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="457" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="458" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="459" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="460" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="461" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="462" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="463" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="464" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="465" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="466" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="467" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="468" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="469" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="470" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="471" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="472" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="473" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="474" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="475" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="476" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="477" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="478" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="479" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="480" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="481" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="482" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="483" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="484" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="485" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="486" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="487" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="488" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="489" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="490" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="491" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="492" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="493" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="494" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="495" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="496" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="497" thickBot="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <dataConsolidate/>
   <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.31496062992125984" right="0.39370078740157483" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="A19" numberStoredAsText="1"/>
+    <ignoredError sqref="A13" numberStoredAsText="1"/>
   </ignoredErrors>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Diapazoni ar nosaukumiem</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>SV un Ligumu noslegsanas info</vt:lpstr>
       <vt:lpstr>'SV un Ligumu noslegsanas info'!_Hlk148517667</vt:lpstr>
       <vt:lpstr>'SV un Ligumu noslegsanas info'!_Hlk178238130</vt:lpstr>
       <vt:lpstr>'SV un Ligumu noslegsanas info'!_Hlk179475281</vt:lpstr>
-      <vt:lpstr>'SV un Ligumu noslegsanas info'!_Hlk179475348</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>VZD Dkurzeme</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hardijs Lāns</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>