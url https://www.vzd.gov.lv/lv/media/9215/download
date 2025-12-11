--- v0 (2025-10-26)
+++ v1 (2025-12-11)
@@ -9,251 +9,182 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ilonabackovska\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\MSH4LNM6\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{74E20C57-4B52-4FEA-BDE7-50063765B0B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AFD3FAD-0176-458C-B151-74A2067DDB78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7C99EF9E-72F5-4BB6-A7C0-6F10C58CB594}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7C99EF9E-72F5-4BB6-A7C0-6F10C58CB594}"/>
   </bookViews>
   <sheets>
     <sheet name="Kurzemes_RP" sheetId="1" r:id="rId1"/>
     <sheet name="Latgales_RP" sheetId="2" r:id="rId2"/>
     <sheet name="Rīgas_RP" sheetId="3" r:id="rId3"/>
     <sheet name="Vidzemes_RP" sheetId="6" r:id="rId4"/>
     <sheet name="Zemgales_RP" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Kurzemes_RP!$A$8:$M$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Latgales_RP!$A$8:$G$8</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Rīgas_RP!$A$8:$G$9</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Rīgas_RP!$A$8:$G$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">Vidzemes_RP!$A$8:$G$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">Zemgales_RP!$A$8:$G$8</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">Rīgas_RP!$A$1:$G$9</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">Rīgas_RP!$A$1:$G$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="30">
   <si>
     <t>Saraksta sagatavošanas  datums</t>
   </si>
   <si>
     <t>ADMINISTRATĪVĀS TERITORIJAS NOSAUKUMS</t>
   </si>
   <si>
     <t>PLĀNOTAIS APSEKOŠANAS PERIODS</t>
   </si>
   <si>
     <t>PAMATOJUMS IZPILDEI PRIORITĀRĀ KĀRTĪBĀ</t>
   </si>
   <si>
     <t>IDENTIFIKATORS</t>
   </si>
   <si>
     <t>Objekts, kas sekmē valsts izaugsmi un ekonomisko attīstību</t>
   </si>
   <si>
-    <t>Rīga</t>
-[...1 lines deleted...]
-  <si>
     <t>IEROSINĀTĀJS</t>
   </si>
   <si>
     <t>Juridiska persona</t>
   </si>
   <si>
-    <t>Fiziska persona</t>
-[...1 lines deleted...]
-  <si>
     <t>PASŪTĪJUMA DAĻAS NR.</t>
   </si>
   <si>
     <t>PASŪTĪJUMA NR.</t>
   </si>
   <si>
     <t>Prioritārā kārtībā izpildāmo būvju un telpu grupu kadastrālās uzmērīšanas ar apsekošanu pakalpojumu saraksts</t>
   </si>
   <si>
     <t>Rīgas reģionālajā pārvaldē</t>
   </si>
   <si>
     <t xml:space="preserve">Kopējais būvju kadastrālās uzmērīšanas pakalpojumu skaits </t>
   </si>
   <si>
     <t>t.sk. prioritāri izpildāmo pakalpojumu skaits</t>
   </si>
   <si>
     <t>Kurzemes reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Latgales reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Vidzemes reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Zemgales reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Pasūtījuma ietvaros sniegta pakalpojuma identifikators.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Dienestā ir saņemts klienta iesniegums ar pamatotu lūgumu pasūtījuma izpildi veikt prioritārā kārtībā</t>
   </si>
   <si>
     <t>Nekustamā īpašuma kadastra numurs vai uzmērāmā objekta kadastra apzīmējums.
 Ja ierosinātājs ir fiziska persona, tad identifikators netiek publicēts, nodrošinot fiziskas personas datu aizsardzību.</t>
   </si>
   <si>
-    <t>Jūrmala</t>
-[...7 lines deleted...]
-  <si>
     <t>Objekts, kuru prioritāru apkalpošanu nosaka ārējie normatīvie akti</t>
   </si>
   <si>
     <t>Rēzeknes novads</t>
   </si>
   <si>
     <t>1496524-2</t>
   </si>
   <si>
     <t>78680020472</t>
   </si>
   <si>
     <t>Jēkabpils novads</t>
   </si>
   <si>
     <t>1499787-2</t>
   </si>
   <si>
     <t>56680070433</t>
   </si>
   <si>
     <t>19.11.2025.-28.11.2025.</t>
   </si>
   <si>
-    <t>06.10.2025.-17.10.2025.</t>
-[...47 lines deleted...]
-    <t>01.11.2025.-16.11.2025.</t>
+    <t>08.12.2025.-19.12.2025.</t>
+  </si>
+  <si>
+    <t>27.11.2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -360,51 +291,51 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -452,103 +383,74 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
     <cellStyle name="Parasts 2" xfId="1" xr:uid="{765AD9B2-4494-45F8-B771-88377119B8CB}"/>
   </cellStyles>
-  <dxfs count="5">
-[...19 lines deleted...]
-    </dxf>
+  <dxfs count="3">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
@@ -887,897 +789,747 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2BBED34-7B60-40BB-AF30-F7830A33E7E7}">
   <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+    </row>
+    <row r="2" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="35" t="s">
+        <v>14</v>
+      </c>
+      <c r="B2" s="35"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="35"/>
+      <c r="G2" s="35"/>
+    </row>
+    <row r="3" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="38"/>
-[...22 lines deleted...]
-      <c r="C3" s="39"/>
+      <c r="B3" s="36"/>
+      <c r="C3" s="36"/>
       <c r="D3" s="15">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E3" s="15"/>
       <c r="K3" s="1"/>
       <c r="L3" s="2"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="40" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="40"/>
+      <c r="A4" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="37"/>
+      <c r="C4" s="37"/>
       <c r="D4" s="15">
         <v>0</v>
       </c>
       <c r="E4" s="15"/>
       <c r="K4" s="1"/>
       <c r="L4" s="2"/>
       <c r="M4" s="3"/>
     </row>
     <row r="5" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="40" t="s">
+      <c r="A5" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="40"/>
-      <c r="C5" s="40"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
       <c r="D5" s="16" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E5" s="16"/>
       <c r="K5" s="1"/>
       <c r="L5" s="2"/>
       <c r="M5" s="3"/>
     </row>
     <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="K6" s="1"/>
       <c r="L6" s="2"/>
       <c r="M6" s="3"/>
     </row>
     <row r="7" spans="1:13" s="4" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B7" s="27" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C7" s="17" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="27" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="17" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="27" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="105" x14ac:dyDescent="0.25">
       <c r="A8" s="25"/>
       <c r="B8" s="28" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="28" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A1:G5">
     <sortCondition ref="D10:D25"/>
   </sortState>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E407F84F-59DC-4D6D-A089-304E9973EC46}">
-  <dimension ref="A1:G12"/>
+  <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
     <col min="6" max="6" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+    </row>
+    <row r="2" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" s="35"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="35"/>
+      <c r="G2" s="35"/>
+    </row>
+    <row r="3" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="38"/>
-[...24 lines deleted...]
-        <v>97</v>
+      <c r="B3" s="36"/>
+      <c r="C3" s="36"/>
+      <c r="D3" s="33">
+        <v>91</v>
       </c>
       <c r="E3" s="15"/>
     </row>
     <row r="4" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="40" t="s">
-[...5 lines deleted...]
-        <v>4</v>
+      <c r="A4" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="37"/>
+      <c r="C4" s="37"/>
+      <c r="D4" s="33">
+        <v>2</v>
       </c>
       <c r="E4" s="15"/>
     </row>
     <row r="5" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="40" t="s">
+      <c r="A5" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="40"/>
-      <c r="C5" s="40"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
       <c r="D5" s="16" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E5" s="16"/>
     </row>
     <row r="6" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="18"/>
       <c r="B6" s="7"/>
       <c r="C6" s="8"/>
       <c r="D6" s="6"/>
     </row>
     <row r="7" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B7" s="17" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C7" s="17" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="17" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="17" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="17" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="105" x14ac:dyDescent="0.25">
       <c r="A8" s="29"/>
       <c r="B8" s="28" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8" s="26"/>
       <c r="D8" s="26"/>
       <c r="E8" s="28" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A9" s="35">
-        <v>1512811</v>
+      <c r="A9" s="34">
+        <v>1496524</v>
       </c>
       <c r="B9" s="12" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="C9" s="14" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D9" s="32" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="E9" s="14" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="F9" s="13" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="G9" s="13" t="s">
-        <v>22</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A10" s="35">
-        <v>1510884</v>
+      <c r="A10" s="34">
+        <v>1499787</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C10" s="14" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D10" s="32" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="E10" s="14" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="F10" s="13" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="G10" s="13" t="s">
-        <v>22</v>
-[...45 lines deleted...]
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <ignoredErrors>
-    <ignoredError sqref="E9:E12" numberStoredAsText="1"/>
+    <ignoredError sqref="E9:E10" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{132A38EC-1C0D-49C9-BD5D-E8FADE101100}">
-  <dimension ref="A1:G9"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" style="21" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.5703125" style="21" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" style="21" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="19.42578125" style="21" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="92.7109375" style="21" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+    </row>
+    <row r="2" spans="1:7" ht="21" x14ac:dyDescent="0.35">
+      <c r="A2" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="B2" s="35"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="35"/>
+      <c r="G2" s="35"/>
+    </row>
+    <row r="3" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="38"/>
-[...7 lines deleted...]
-      <c r="A2" s="38" t="s">
+      <c r="B3" s="36"/>
+      <c r="C3" s="36"/>
+      <c r="D3" s="23">
+        <v>199</v>
+      </c>
+      <c r="E3" s="23"/>
+    </row>
+    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="38"/>
-[...22 lines deleted...]
-      <c r="C4" s="40"/>
+      <c r="B4" s="37"/>
+      <c r="C4" s="37"/>
       <c r="D4" s="23">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E4" s="23"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="40" t="s">
+      <c r="A5" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="40"/>
-      <c r="C5" s="40"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
       <c r="D5" s="24" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E5" s="24"/>
     </row>
     <row r="6" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A6" s="19"/>
       <c r="B6" s="19"/>
       <c r="C6" s="22"/>
       <c r="D6" s="23"/>
     </row>
     <row r="7" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A7" s="20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B7" s="20" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C7" s="20" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D7" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="20" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="20" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="30"/>
       <c r="B8" s="28" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8" s="31"/>
       <c r="D8" s="31"/>
       <c r="E8" s="28" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="31"/>
-    </row>
-[...21 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="11" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C97527E-F410-4958-A73C-049FFCE91D52}">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.5703125" customWidth="1"/>
     <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="41" t="s">
+      <c r="A1" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="38"/>
+      <c r="F1" s="38"/>
+      <c r="G1" s="38"/>
+    </row>
+    <row r="2" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+    </row>
+    <row r="3" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="41"/>
-[...22 lines deleted...]
-      <c r="C3" s="39"/>
+      <c r="B3" s="36"/>
+      <c r="C3" s="36"/>
       <c r="D3" s="23">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="E3" s="23"/>
     </row>
     <row r="4" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="40" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="40"/>
+      <c r="A4" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="37"/>
+      <c r="C4" s="37"/>
       <c r="D4" s="23">
         <v>0</v>
       </c>
       <c r="E4" s="23"/>
     </row>
     <row r="5" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="40" t="s">
+      <c r="A5" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="40"/>
-      <c r="C5" s="40"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
       <c r="D5" s="24" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E5" s="24"/>
     </row>
     <row r="6" spans="1:7" s="4" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6" s="5"/>
       <c r="E6" s="7"/>
       <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7" s="4" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A7" s="20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B7" s="20" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C7" s="20" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D7" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="20" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="20" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="105" x14ac:dyDescent="0.25">
       <c r="A8" s="30"/>
       <c r="B8" s="28" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8" s="31"/>
       <c r="D8" s="31"/>
       <c r="E8" s="28" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <conditionalFormatting sqref="B1:B1048576">
-    <cfRule type="duplicateValues" dxfId="4" priority="693"/>
+    <cfRule type="duplicateValues" dxfId="2" priority="693"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D838BF32-20DF-4C25-8022-16B787CB1484}">
-  <dimension ref="A1:G11"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" x14ac:dyDescent="0.25">
-      <c r="A1" s="41" t="s">
+      <c r="A1" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="38"/>
+      <c r="F1" s="38"/>
+      <c r="G1" s="38"/>
+    </row>
+    <row r="2" spans="1:7" ht="21" x14ac:dyDescent="0.35">
+      <c r="A2" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" s="35"/>
+      <c r="C2" s="35"/>
+      <c r="D2" s="35"/>
+      <c r="E2" s="35"/>
+      <c r="F2" s="35"/>
+      <c r="G2" s="35"/>
+    </row>
+    <row r="3" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="36" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="41"/>
-[...22 lines deleted...]
-      <c r="C3" s="39"/>
+      <c r="B3" s="36"/>
+      <c r="C3" s="36"/>
       <c r="D3" s="23">
-        <v>182</v>
+        <v>207</v>
       </c>
       <c r="E3" s="23"/>
     </row>
     <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="40" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="40"/>
+      <c r="A4" s="37" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="37"/>
+      <c r="C4" s="37"/>
       <c r="D4" s="23">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E4" s="23"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="40" t="s">
+      <c r="A5" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="40"/>
-      <c r="C5" s="40"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
       <c r="D5" s="24" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="E5" s="24"/>
     </row>
     <row r="6" spans="1:7" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="9"/>
       <c r="B6" s="10"/>
       <c r="C6" s="11"/>
       <c r="D6" s="23"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A7" s="20" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B7" s="20" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C7" s="20" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D7" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E7" s="20" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="20" t="s">
         <v>1</v>
       </c>
       <c r="G7" s="20" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="75" x14ac:dyDescent="0.25">
       <c r="A8" s="30"/>
       <c r="B8" s="28" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C8" s="31"/>
       <c r="D8" s="31"/>
       <c r="E8" s="28" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="31"/>
       <c r="G8" s="31"/>
-    </row>
-[...67 lines deleted...]
-      </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
-  <conditionalFormatting sqref="B12:B1048576 B1:B8">
-[...7 lines deleted...]
-    <cfRule type="duplicateValues" dxfId="0" priority="715"/>
+  <conditionalFormatting sqref="B1:B1048576">
+    <cfRule type="duplicateValues" dxfId="1" priority="670"/>
+    <cfRule type="duplicateValues" dxfId="0" priority="671"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="90" r:id="rId1"/>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Diapazoni ar nosaukumiem</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>