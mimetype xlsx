--- v1 (2025-12-11)
+++ v2 (2026-02-11)
@@ -6,192 +6,159 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ilonabackovska\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\MSH4LNM6\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ilonabackovska\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\5PO3KBG5\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AFD3FAD-0176-458C-B151-74A2067DDB78}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{90ECD50B-BB75-4609-BE58-C03971C9F839}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{7C99EF9E-72F5-4BB6-A7C0-6F10C58CB594}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7C99EF9E-72F5-4BB6-A7C0-6F10C58CB594}"/>
   </bookViews>
   <sheets>
     <sheet name="Kurzemes_RP" sheetId="1" r:id="rId1"/>
     <sheet name="Latgales_RP" sheetId="2" r:id="rId2"/>
     <sheet name="Rīgas_RP" sheetId="3" r:id="rId3"/>
     <sheet name="Vidzemes_RP" sheetId="6" r:id="rId4"/>
     <sheet name="Zemgales_RP" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Kurzemes_RP!$A$8:$M$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Latgales_RP!$A$8:$G$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Rīgas_RP!$A$8:$G$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">Vidzemes_RP!$A$8:$G$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">Zemgales_RP!$A$8:$G$8</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Rīgas_RP!$A$1:$G$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="19">
   <si>
     <t>Saraksta sagatavošanas  datums</t>
   </si>
   <si>
     <t>ADMINISTRATĪVĀS TERITORIJAS NOSAUKUMS</t>
   </si>
   <si>
     <t>PLĀNOTAIS APSEKOŠANAS PERIODS</t>
   </si>
   <si>
     <t>PAMATOJUMS IZPILDEI PRIORITĀRĀ KĀRTĪBĀ</t>
   </si>
   <si>
     <t>IDENTIFIKATORS</t>
   </si>
   <si>
-    <t>Objekts, kas sekmē valsts izaugsmi un ekonomisko attīstību</t>
-[...1 lines deleted...]
-  <si>
     <t>IEROSINĀTĀJS</t>
-  </si>
-[...1 lines deleted...]
-    <t>Juridiska persona</t>
   </si>
   <si>
     <t>PASŪTĪJUMA DAĻAS NR.</t>
   </si>
   <si>
     <t>PASŪTĪJUMA NR.</t>
   </si>
   <si>
     <t>Prioritārā kārtībā izpildāmo būvju un telpu grupu kadastrālās uzmērīšanas ar apsekošanu pakalpojumu saraksts</t>
   </si>
   <si>
     <t>Rīgas reģionālajā pārvaldē</t>
   </si>
   <si>
     <t xml:space="preserve">Kopējais būvju kadastrālās uzmērīšanas pakalpojumu skaits </t>
   </si>
   <si>
     <t>t.sk. prioritāri izpildāmo pakalpojumu skaits</t>
   </si>
   <si>
     <t>Kurzemes reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Latgales reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Vidzemes reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Zemgales reģionālajā pārvaldē</t>
   </si>
   <si>
     <t>Pasūtījuma ietvaros sniegta pakalpojuma identifikators.</t>
   </si>
   <si>
     <t>Nekustamā īpašuma kadastra numurs vai uzmērāmā objekta kadastra apzīmējums.
 Ja ierosinātājs ir fiziska persona, tad identifikators netiek publicēts, nodrošinot fiziskas personas datu aizsardzību.</t>
   </si>
   <si>
-    <t>Objekts, kuru prioritāru apkalpošanu nosaka ārējie normatīvie akti</t>
-[...26 lines deleted...]
-    <t>27.11.2025.</t>
+    <t>05.02.2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
@@ -211,57 +178,50 @@
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="2" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="2" tint="-0.499984740745262"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -289,90 +249,81 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -380,58 +331,52 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
     <cellStyle name="Parasts 2" xfId="1" xr:uid="{765AD9B2-4494-45F8-B771-88377119B8CB}"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
@@ -789,732 +734,683 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2BBED34-7B60-40BB-AF30-F7830A33E7E7}">
   <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1" s="30"/>
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="30"/>
+    </row>
+    <row r="2" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+    </row>
+    <row r="3" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="35"/>
-[...26 lines deleted...]
-      <c r="E3" s="15"/>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="12">
+        <v>58</v>
+      </c>
+      <c r="E3" s="12"/>
       <c r="K3" s="1"/>
       <c r="L3" s="2"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
-[...4 lines deleted...]
-      <c r="D4" s="15">
+      <c r="A4" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="12">
         <v>0</v>
       </c>
-      <c r="E4" s="15"/>
+      <c r="E4" s="12"/>
       <c r="K4" s="1"/>
       <c r="L4" s="2"/>
       <c r="M4" s="3"/>
     </row>
     <row r="5" spans="1:13" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="37" t="s">
+      <c r="A5" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="37"/>
-[...4 lines deleted...]
-      <c r="E5" s="16"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="13"/>
       <c r="K5" s="1"/>
       <c r="L5" s="2"/>
       <c r="M5" s="3"/>
     </row>
     <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="K6" s="1"/>
       <c r="L6" s="2"/>
       <c r="M6" s="3"/>
     </row>
     <row r="7" spans="1:13" s="4" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A7" s="17" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="17" t="s">
+      <c r="A7" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="D7" s="17" t="s">
+      <c r="C7" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="27" t="s">
+      <c r="E7" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="17" t="s">
+      <c r="F7" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="27" t="s">
+      <c r="G7" s="24" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="105" x14ac:dyDescent="0.25">
-      <c r="A8" s="25"/>
-[...9 lines deleted...]
-      <c r="G8" s="26"/>
+      <c r="A8" s="22"/>
+      <c r="B8" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="23"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A1:G5">
     <sortCondition ref="D10:D25"/>
   </sortState>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E407F84F-59DC-4D6D-A089-304E9973EC46}">
-  <dimension ref="A1:G10"/>
+  <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31" customWidth="1"/>
     <col min="6" max="6" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="103" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1" s="30"/>
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="30"/>
+    </row>
+    <row r="2" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="30" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+    </row>
+    <row r="3" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="35"/>
-[...26 lines deleted...]
-      <c r="E3" s="15"/>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="29">
+        <v>74</v>
+      </c>
+      <c r="E3" s="12"/>
     </row>
     <row r="4" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
-[...7 lines deleted...]
-      <c r="E4" s="15"/>
+      <c r="A4" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="29">
+        <v>0</v>
+      </c>
+      <c r="E4" s="12"/>
     </row>
     <row r="5" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="37" t="s">
+      <c r="A5" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="37"/>
-[...4 lines deleted...]
-      <c r="E5" s="16"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="13"/>
     </row>
     <row r="6" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A6" s="18"/>
+      <c r="A6" s="15"/>
       <c r="B6" s="7"/>
       <c r="C6" s="8"/>
       <c r="D6" s="6"/>
     </row>
     <row r="7" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="17" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="17" t="s">
+      <c r="A7" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="D7" s="17" t="s">
+      <c r="C7" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="17" t="s">
+      <c r="E7" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="17" t="s">
+      <c r="F7" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="17" t="s">
+      <c r="G7" s="14" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="105" x14ac:dyDescent="0.25">
-      <c r="A8" s="29"/>
-[...55 lines deleted...]
-      </c>
+      <c r="A8" s="26"/>
+      <c r="B8" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="23"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="23"/>
+      <c r="G8" s="23"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{132A38EC-1C0D-49C9-BD5D-E8FADE101100}">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="21" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="92.7109375" style="21" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="17.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.5703125" style="18" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="36.85546875" style="18" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.42578125" style="18" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.7109375" style="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="35" t="s">
+      <c r="A1" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1" s="30"/>
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="30"/>
+    </row>
+    <row r="2" spans="1:7" ht="21" x14ac:dyDescent="0.35">
+      <c r="A2" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+    </row>
+    <row r="3" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="35"/>
-[...7 lines deleted...]
-      <c r="A2" s="35" t="s">
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="20">
+        <v>140</v>
+      </c>
+      <c r="E3" s="20"/>
+    </row>
+    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="32" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="35"/>
-[...23 lines deleted...]
-      <c r="D4" s="23">
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="20">
         <v>0</v>
       </c>
-      <c r="E4" s="23"/>
+      <c r="E4" s="20"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="37" t="s">
+      <c r="A5" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="37"/>
-[...4 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="21"/>
     </row>
     <row r="6" spans="1:7" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="19"/>
-[...2 lines deleted...]
-      <c r="D6" s="23"/>
+      <c r="A6" s="16"/>
+      <c r="B6" s="16"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="20"/>
     </row>
     <row r="7" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A7" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="20" t="s">
+      <c r="A7" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="D7" s="20" t="s">
+      <c r="C7" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="E7" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="20" t="s">
+      <c r="F7" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="20" t="s">
+      <c r="G7" s="17" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
-[...9 lines deleted...]
-      <c r="G8" s="31"/>
+      <c r="A8" s="27"/>
+      <c r="B8" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="28"/>
+      <c r="D8" s="28"/>
+      <c r="E8" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="28"/>
+      <c r="G8" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="11" orientation="portrait" horizontalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C97527E-F410-4958-A73C-049FFCE91D52}">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.5703125" customWidth="1"/>
     <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="G1" s="33"/>
+    </row>
+    <row r="2" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="33" t="s">
+        <v>14</v>
+      </c>
+      <c r="B2" s="33"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="33"/>
+      <c r="G2" s="33"/>
+    </row>
+    <row r="3" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="38"/>
-[...26 lines deleted...]
-      <c r="E3" s="23"/>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="20">
+        <v>75</v>
+      </c>
+      <c r="E3" s="20"/>
     </row>
     <row r="4" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
-[...4 lines deleted...]
-      <c r="D4" s="23">
+      <c r="A4" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="20">
         <v>0</v>
       </c>
-      <c r="E4" s="23"/>
+      <c r="E4" s="20"/>
     </row>
     <row r="5" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="37" t="s">
+      <c r="A5" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="37"/>
-[...4 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="21"/>
     </row>
     <row r="6" spans="1:7" s="4" customFormat="1" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6" s="5"/>
       <c r="E6" s="7"/>
       <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7" s="4" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A7" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="20" t="s">
+      <c r="A7" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="D7" s="20" t="s">
+      <c r="C7" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="E7" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="20" t="s">
+      <c r="F7" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="20" t="s">
+      <c r="G7" s="17" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="105" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
-[...9 lines deleted...]
-      <c r="G8" s="31"/>
+      <c r="A8" s="27"/>
+      <c r="B8" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="28"/>
+      <c r="D8" s="28"/>
+      <c r="E8" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="28"/>
+      <c r="G8" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <conditionalFormatting sqref="B1:B1048576">
     <cfRule type="duplicateValues" dxfId="2" priority="693"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D838BF32-20DF-4C25-8022-16B787CB1484}">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" customWidth="1"/>
     <col min="3" max="3" width="16.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="92.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" x14ac:dyDescent="0.25">
-      <c r="A1" s="38" t="s">
+      <c r="A1" s="33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="G1" s="33"/>
+    </row>
+    <row r="2" spans="1:7" ht="21" x14ac:dyDescent="0.35">
+      <c r="A2" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+    </row>
+    <row r="3" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="B1" s="38"/>
-[...26 lines deleted...]
-      <c r="E3" s="23"/>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="20">
+        <v>187</v>
+      </c>
+      <c r="E3" s="20"/>
     </row>
     <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="37" t="s">
-[...4 lines deleted...]
-      <c r="D4" s="23">
+      <c r="A4" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="32"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="20">
         <v>0</v>
       </c>
-      <c r="E4" s="23"/>
+      <c r="E4" s="20"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A5" s="37" t="s">
+      <c r="A5" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="37"/>
-[...4 lines deleted...]
-      <c r="E5" s="24"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="21"/>
     </row>
     <row r="6" spans="1:7" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="9"/>
       <c r="B6" s="10"/>
       <c r="C6" s="11"/>
-      <c r="D6" s="23"/>
+      <c r="D6" s="20"/>
       <c r="E6"/>
       <c r="F6"/>
       <c r="G6"/>
     </row>
     <row r="7" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="20" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="20" t="s">
+      <c r="A7" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="17" t="s">
         <v>6</v>
       </c>
-      <c r="D7" s="20" t="s">
+      <c r="C7" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="D7" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="E7" s="20" t="s">
+      <c r="E7" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="F7" s="20" t="s">
+      <c r="F7" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="G7" s="20" t="s">
+      <c r="G7" s="17" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="75" x14ac:dyDescent="0.25">
-      <c r="A8" s="30"/>
-[...9 lines deleted...]
-      <c r="G8" s="31"/>
+      <c r="A8" s="27"/>
+      <c r="B8" s="25" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="28"/>
+      <c r="D8" s="28"/>
+      <c r="E8" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="28"/>
+      <c r="G8" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <conditionalFormatting sqref="B1:B1048576">
     <cfRule type="duplicateValues" dxfId="1" priority="670"/>
     <cfRule type="duplicateValues" dxfId="0" priority="671"/>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="90" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">